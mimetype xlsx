--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,134 +74,140 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Крышка для микроволновой печи и холодильника;полипроп.;D=23см;прозр.</t>
   </si>
   <si>
     <t>04010591</t>
   </si>
   <si>
     <t>431155801/6001</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Крышки для микроволновых печей</t>
   </si>
   <si>
     <t>809.00₸</t>
   </si>
   <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для микроволновой печи и холодильника;полипроп.;D=29см;в ассорт.</t>
+  </si>
+  <si>
+    <t>04010592</t>
+  </si>
+  <si>
+    <t>43113810122/431138118</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для микроволновой печи и холодильника;полипроп.;D=25,H=10,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04010595</t>
+  </si>
+  <si>
+    <t>963.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Щипцы д/печей тел.ручка;металл,пластик;,L=170/25см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142656</t>
+  </si>
+  <si>
+    <t>APTM</t>
+  </si>
+  <si>
+    <t>Zio Pepe</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>Комплектующие для микроволновых печей</t>
+  </si>
+  <si>
+    <t>186618.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Крышка для микроволновой печи и холодильника;полипроп.;D=29см;в ассорт.</t>
-[...46 lines deleted...]
-  <si>
     <t>Микроволновая печь;сталь нерж.;23л;900вт</t>
   </si>
   <si>
     <t>07050601</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Печи</t>
   </si>
   <si>
     <t>487564.00₸</t>
   </si>
   <si>
     <t>Микроволновая печь MWO B2 GR;23л;,H=28,L=48,B=40см;1,4Квт</t>
   </si>
   <si>
     <t>07050603</t>
   </si>
   <si>
     <t>MWO01755</t>
   </si>
   <si>
     <t>Beckers</t>
   </si>
   <si>
     <t>268730.00₸</t>
   </si>
   <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
     <t>Микроволновая печь;28л;,H=28,L=54,B=38см</t>
   </si>
   <si>
     <t>07050605</t>
   </si>
   <si>
     <t>376122.00₸</t>
   </si>
   <si>
     <t>Внутренняя лампа ME1600-ALD510-MC1450 д/микр.</t>
   </si>
   <si>
     <t>07050608</t>
   </si>
   <si>
     <t>CO3897</t>
   </si>
   <si>
     <t>Fimar</t>
   </si>
   <si>
     <t>30954.00₸</t>
   </si>
   <si>
     <t>11 шт.</t>
@@ -209,84 +215,84 @@
   <si>
     <t>Трансформатор д/HWO01705</t>
   </si>
   <si>
     <t>07050609</t>
   </si>
   <si>
     <t>MWO01428</t>
   </si>
   <si>
     <t>48018.00₸</t>
   </si>
   <si>
     <t>Электромагн.диоды д/микров.печи A3/A3GR</t>
   </si>
   <si>
     <t>07050612</t>
   </si>
   <si>
     <t>MWO01417</t>
   </si>
   <si>
     <t>6030.00₸</t>
   </si>
   <si>
+    <t>Таймер д/дегидратора 26часов;230V;50Hz</t>
+  </si>
+  <si>
+    <t>07130202</t>
+  </si>
+  <si>
+    <t>E41</t>
+  </si>
+  <si>
+    <t>Excalibur</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>56757.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент д/дегидратора</t>
+  </si>
+  <si>
+    <t>07130203</t>
+  </si>
+  <si>
+    <t>E27</t>
+  </si>
+  <si>
+    <t>9741.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
-  </si>
-[...31 lines deleted...]
-    <t>9741.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1145,307 +1151,307 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="0">
         <v>120008</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D8" s="0">
         <v>240202</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">