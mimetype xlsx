--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -73,68 +73,71 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Вилка для стейка;сталь нерж.,дерево;,L=20/6,B=1см;коричнев.,металлич.</t>
   </si>
   <si>
     <t>03110304</t>
   </si>
   <si>
     <t>Arcos</t>
   </si>
   <si>
     <t>Steak</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>Вилки для стейка</t>
   </si>
   <si>
     <t>6792.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Вилка для стейка;сталь нерж.;,L=200,B=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>03110356</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>9841.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Вилка для стейка;сталь нерж.;,L=200,B=15мм;металлич.</t>
-[...13 lines deleted...]
-  <si>
     <t>Вилка для стейка «Дориа»;сталь нерж.;,L=195/60,B=10мм;металлич.,черный</t>
   </si>
   <si>
     <t>03110371</t>
   </si>
   <si>
     <t>8004-46</t>
   </si>
   <si>
     <t>Doria</t>
   </si>
   <si>
     <t>3388.00₸</t>
   </si>
   <si>
     <t>Вилка для стейка «Сонет»;сталь;,L=20,5см;металлич.</t>
   </si>
   <si>
     <t>03110372</t>
   </si>
   <si>
     <t>C87</t>
   </si>
   <si>
     <t>Trud</t>
@@ -169,99 +172,99 @@
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Вилка для стейка;сталь нерж.,дерево;,L=190/60,B=22мм;коричнев.,металлич.</t>
   </si>
   <si>
     <t>03112233</t>
   </si>
   <si>
     <t>CSF/4PW</t>
   </si>
   <si>
     <t>1526.00₸</t>
   </si>
   <si>
     <t>Вилка для стейка;сталь нерж.;,L=20см;металлич.</t>
   </si>
   <si>
     <t>03112256</t>
   </si>
   <si>
     <t>5298.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
+    <t>30 шт.</t>
   </si>
   <si>
     <t>Вилка для стейка;сталь нерж.,дерево;,L=22,5см;коричнев.,металлич.</t>
   </si>
   <si>
     <t>03112258</t>
   </si>
   <si>
     <t>10018.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
+    <t>22 шт.</t>
   </si>
   <si>
     <t>Вилка для стейка;сталь нерж.;,L=19,5см;черный,металлич.</t>
   </si>
   <si>
     <t>03112260</t>
   </si>
   <si>
     <t>Cuchillos Mesa</t>
   </si>
   <si>
     <t>20937.00₸</t>
   </si>
   <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
     <t>Вилка для стейка «Поливуд» с деревянной ручкой;сталь нерж.,дерево;,L=200/65,B=24мм;красный</t>
   </si>
   <si>
     <t>03113939</t>
   </si>
   <si>
     <t>21102/470-TR</t>
   </si>
   <si>
     <t>Tramontina</t>
   </si>
   <si>
     <t>Polywood</t>
   </si>
   <si>
     <t>БРАЗИЛИЯ</t>
   </si>
   <si>
     <t>2796.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>34 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1000,319 +1003,319 @@
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0">
         <v>766</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="0">
         <v>-2</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" s="0">
         <v>702100</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L8" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D9" s="0">
         <v>372600</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D10" s="0">
         <v>375100</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="L11" s="0">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>