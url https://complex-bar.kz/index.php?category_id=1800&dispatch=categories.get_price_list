--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -221,90 +221,90 @@
   <si>
     <t>817.00₸</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Наутилус»[100шт];полистирол;,L=17,5см;разноцветн.</t>
   </si>
   <si>
     <t>06011202</t>
   </si>
   <si>
     <t>2272.00₸</t>
   </si>
   <si>
     <t>43 шт.</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Сердечко с ложечкой»[50шт];пластик;,L=19см;разноцветн.</t>
   </si>
   <si>
     <t>06011601</t>
   </si>
   <si>
     <t>4289.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Сердечко»[100шт];полистирол;,L=18см;разноцветн.</t>
   </si>
   <si>
     <t>06011605</t>
   </si>
   <si>
     <t>2888.00₸</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Шарик»[100шт];полистирол;,L=16,5см;прозр.</t>
   </si>
   <si>
     <t>06011909</t>
   </si>
   <si>
     <t>3258.00₸</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Бамбук»[50шт];пластик;,L=20см;разноцветн.</t>
   </si>
   <si>
     <t>06012101</t>
   </si>
   <si>
     <t>5822.00₸</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Морской коктейль»[50шт];пластик;,L=20см;разноцветн.</t>
   </si>
   <si>
     <t>06012201</t>
   </si>
   <si>
     <t>4436.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Морской коктейль» с вилочкой[100шт];пластик;,L=18,5см;разноцветн.</t>
   </si>
   <si>
     <t>06012202</t>
   </si>
   <si>
     <t>4120.00₸</t>
   </si>
   <si>
     <t>12 шт.</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Шарик»[500шт];пластик;,L=16см;черный</t>
   </si>
   <si>
     <t>06012804</t>
   </si>
   <si>
     <t>18827.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Солар» на шпажках в форме фламинго;сталь нерж.;,L=112,B=16мм;медный</t>
   </si>
@@ -389,71 +389,74 @@
   <si>
     <t>06021001</t>
   </si>
   <si>
     <t>3752.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Пальма» на шпажках[100шт];фольга,дерево;,L=19см;разноцветн.</t>
   </si>
   <si>
     <t>06021002</t>
   </si>
   <si>
     <t>2834.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Пальма» на шпажках[100шт];фольга,дерево;,L=15,5см;разноцветн.</t>
   </si>
   <si>
     <t>06021010</t>
   </si>
   <si>
     <t>3265.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Пальма ассорти на палочке» L=22cм ;фольга,дерево;,H=205,L=120,B=40мм;разноц</t>
   </si>
   <si>
     <t>06021011</t>
   </si>
   <si>
     <t>2388.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Ветряные мельницы» на шпажках[100шт];фольга,дерево;,H=75мм;разноцветн.</t>
   </si>
   <si>
     <t>06021103</t>
   </si>
   <si>
     <t>5252.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
     <t>Украшения для коктейлей «Попугай» на шпажках[100шт];бумага,дерево;,L=18см;разноцветн.</t>
   </si>
   <si>
     <t>06022003</t>
   </si>
   <si>
     <t>7000.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей[200шт];пластик;,H=61,L=250,B=80мм;разноцветн.</t>
   </si>
   <si>
     <t>06023402</t>
   </si>
   <si>
     <t>3858.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Елочки для канапе»[1000шт];дерево,пластик;бежев.,прозр.</t>
   </si>
   <si>
     <t>06050216</t>
   </si>
   <si>
     <t>2140.00₸</t>
@@ -503,84 +506,78 @@
   <si>
     <t>Прищепки-мини д/бокала[500шт];сосна;,L=30,B=8мм;красный</t>
   </si>
   <si>
     <t>06070111</t>
   </si>
   <si>
     <t>2677R</t>
   </si>
   <si>
     <t>16541.00₸</t>
   </si>
   <si>
     <t>Прищепки-мини д/бокала[500шт];сосна;,L=30,B=8мм;бирюз.</t>
   </si>
   <si>
     <t>06070112</t>
   </si>
   <si>
     <t>2677G</t>
   </si>
   <si>
     <t>12411.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
     <t>Прищепки-мини д/бокала[500шт];сосна;,L=35,B=9мм;св. дерево</t>
   </si>
   <si>
     <t>06070113</t>
   </si>
   <si>
     <t>2676N</t>
   </si>
   <si>
     <t>13643.00₸</t>
   </si>
   <si>
     <t>Прищепки-мини д/бокала[500шт];сосна;,L=30,B=8мм;св. дерево</t>
   </si>
   <si>
     <t>06070114</t>
   </si>
   <si>
     <t>2677N</t>
   </si>
   <si>
     <t>13230.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
-  </si>
-[...7 lines deleted...]
-    <t>3472.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Пьюр» на шпажках;сталь нерж.;,L=108,B=8мм;глянц.</t>
   </si>
   <si>
     <t>06080302</t>
   </si>
   <si>
     <t>MCP001S</t>
   </si>
   <si>
     <t>385.00₸</t>
   </si>
   <si>
     <t>Украшения для коктейлей «Оникс» на шпажках в форме черепа;сталь нерж.;,L=11,2см;металлич.</t>
   </si>
   <si>
     <t>06080303</t>
   </si>
   <si>
     <t>MCP002S</t>
   </si>
   <si>
     <t>896.00₸</t>
   </si>
@@ -655,51 +652,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE900C-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A449-424C-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E03-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EFD-424C-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D328-2224-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CE24-2224-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D04F-2224-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CA30-2224-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB72-814B-11E9-BBBA-005056921CC49.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8CE4-2224-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CF42-2224-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CDB-4252-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D17C-2224-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CBD2-2224-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E07-424B-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CDA-4252-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD58-E3D4-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD5-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CD05-2224-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9673-424D-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9AD-424F-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764781-83D1-11ED-BC04-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26377-ACA4-11ED-BC04-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9076461D-83D1-11ED-BC04-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBBA-424B-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF5-424C-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC3-424B-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC8-424B-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC9-424B-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF2-424C-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44A-424C-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF3-424C-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F048C64E-2222-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BDA-424B-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6D-424B-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE6-424B-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED617-424B-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA034D5-2223-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CDF-4254-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA036C8-2223-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA0383E-2223-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA03423-2223-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA035A8-2223-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E67EBED-424C-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBCF7-83D1-11ED-BC04-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764997-83D1-11ED-BC04-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764821-83D1-11ED-BC04-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907648E5-83D1-11ED-BC04-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18F31E-B6D1-11EE-BC37-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E232B8C7-B6D1-11EE-BC37-005056921CC450.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE900C-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A449-424C-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E03-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EFD-424C-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D328-2224-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CE24-2224-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D04F-2224-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CA30-2224-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC11DB72-814B-11E9-BBBA-005056921CC49.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C2A8CE4-2224-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CF42-2224-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CDB-4252-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222D17C-2224-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CBD2-2224-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B735E07-424B-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA3F0CDA-4252-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF1FFD58-E3D4-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BD5-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4222CD05-2224-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9673-424D-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9AD-424F-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764781-83D1-11ED-BC04-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26377-ACA4-11ED-BC04-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9076461D-83D1-11ED-BC04-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBBA-424B-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF5-424C-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC3-424B-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC8-424B-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBC9-424B-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF2-424C-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92F9A44A-424C-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EF3-424C-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F048C64E-2222-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BDA-424B-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6D-424B-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/517FFBE6-424B-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED617-424B-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA034D5-2223-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CDF-4254-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA036C8-2223-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA0383E-2223-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA03423-2223-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA035A8-2223-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966FBCF7-83D1-11ED-BC04-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764997-83D1-11ED-BC04-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90764821-83D1-11ED-BC04-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907648E5-83D1-11ED-BC04-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC18F31E-B6D1-11EE-BC37-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E232B8C7-B6D1-11EE-BC37-005056921CC449.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2117,80 +2114,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2449,62 +2416,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010102/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010104/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010204/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06010207/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010301/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010803/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010906/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010907/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06011001/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011102/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011202/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06011601/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011605/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06011909/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06012101/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06012201/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06012202/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06012804/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013002/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013003/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013004/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cvetok-na-palochke-ims-06020101/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06020602/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021010/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021011/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021103/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06022003/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-ims-06023402/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elochki-dlya-kanape-ims-06050216/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06070104/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-prohotel-06070107/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070109/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070110/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070111/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070112/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070113/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070114/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06070213/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080302/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080305/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080306/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080307/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080308/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010102/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010104/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010204/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06010207/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010208/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010301/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010803/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06010906/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06010907/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06011001/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011102/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011202/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06011601/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-prohotel-06011605/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06011909/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06012101/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-ims-06012201/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06012202/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshalki-dlya-kokteyley-papstar-06012804/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013002/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013003/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06013004/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cvetok-na-palochke-ims-06020101/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06020303/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06020602/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021001/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021002/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021010/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06021011/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06021103/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-papstar-06022003/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-ims-06023402/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elochki-dlya-kanape-ims-06050216/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-ims-06070104/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-prohotel-06070107/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070109/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070110/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070111/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070112/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070113/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prischepki-mini-d-bokala-prohotel-06070114/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080302/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080305/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080306/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080307/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ukrasheniya-dlya-kokteyley-probar-premium-06080308/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L51"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I51" sqref="I51"/>
+      <selection activeCell="I50" sqref="I50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3301,51 +3268,51 @@
         <v>102</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>104</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>92</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>105</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D26" s="0">
         <v>301272</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>95</v>
@@ -3557,635 +3524,603 @@
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D33" s="0">
         <v>16688</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="L33" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D34" s="0">
         <v>16780</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D35" s="0">
         <v>301395</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D36" s="0">
         <v>300886</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L36" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D37" s="0">
         <v>301999</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L37" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D38" s="0">
         <v>6070107</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>101</v>
       </c>
       <c r="L41" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>54</v>
+        <v>163</v>
       </c>
       <c r="L42" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>101</v>
       </c>
       <c r="L43" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="L44" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>301944</v>
+        <v>174</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>175</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F45" s="0"/>
+        <v>92</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>100</v>
+      </c>
       <c r="G45" s="0" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>30</v>
+        <v>172</v>
       </c>
       <c r="L45" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>92</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
       <c r="L46" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>92</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="L47" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>92</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="D49" s="0"/>
       <c r="E49" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="F49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0">
-        <v>5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D50" s="0"/>
       <c r="E50" s="0" t="s">
         <v>92</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>94</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>95</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="0">
-        <v>300</v>
-[...28 lines deleted...]
-      <c r="L51" s="0">
         <v>300</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -4197,51 +4132,50 @@
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
-    <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>