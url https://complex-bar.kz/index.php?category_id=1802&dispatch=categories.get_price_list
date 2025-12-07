--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -221,90 +221,90 @@
   <si>
     <t>817.00₸</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Наутилус»[100шт];полистирол;,L=17,5см;разноцветн.</t>
   </si>
   <si>
     <t>06011202</t>
   </si>
   <si>
     <t>2272.00₸</t>
   </si>
   <si>
     <t>43 шт.</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Сердечко с ложечкой»[50шт];пластик;,L=19см;разноцветн.</t>
   </si>
   <si>
     <t>06011601</t>
   </si>
   <si>
     <t>4289.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Сердечко»[100шт];полистирол;,L=18см;разноцветн.</t>
   </si>
   <si>
     <t>06011605</t>
   </si>
   <si>
     <t>2888.00₸</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Шарик»[100шт];полистирол;,L=16,5см;прозр.</t>
   </si>
   <si>
     <t>06011909</t>
   </si>
   <si>
     <t>3258.00₸</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Бамбук»[50шт];пластик;,L=20см;разноцветн.</t>
   </si>
   <si>
     <t>06012101</t>
   </si>
   <si>
     <t>5822.00₸</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Морской коктейль»[50шт];пластик;,L=20см;разноцветн.</t>
   </si>
   <si>
     <t>06012201</t>
   </si>
   <si>
     <t>4436.00₸</t>
   </si>
   <si>
-    <t>47 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Морской коктейль» с вилочкой[100шт];пластик;,L=18,5см;разноцветн.</t>
   </si>
   <si>
     <t>06012202</t>
   </si>
   <si>
     <t>4120.00₸</t>
   </si>
   <si>
     <t>12 шт.</t>
   </si>
   <si>
     <t>Мешалки для коктейлей «Шарик»[500шт];пластик;,L=16см;черный</t>
   </si>
   <si>
     <t>06012804</t>
   </si>
   <si>
     <t>18827.00₸</t>
   </si>
 </sst>
 </file>
 