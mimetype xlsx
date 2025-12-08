--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -112,51 +112,51 @@
   <si>
     <t>06070111</t>
   </si>
   <si>
     <t>2677R</t>
   </si>
   <si>
     <t>16541.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Прищепки-мини д/бокала[500шт];сосна;,L=30,B=8мм;бирюз.</t>
   </si>
   <si>
     <t>06070112</t>
   </si>
   <si>
     <t>2677G</t>
   </si>
   <si>
     <t>12411.00₸</t>
   </si>
   <si>
-    <t>39 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Прищепки-мини д/бокала[500шт];сосна;,L=35,B=9мм;св. дерево</t>
   </si>
   <si>
     <t>06070113</t>
   </si>
   <si>
     <t>2676N</t>
   </si>
   <si>
     <t>13643.00₸</t>
   </si>
   <si>
     <t>Прищепки-мини д/бокала[500шт];сосна;,L=30,B=8мм;св. дерево</t>
   </si>
   <si>
     <t>06070114</t>
   </si>
   <si>
     <t>2677N</t>
   </si>
   <si>
     <t>13230.00₸</t>
   </si>