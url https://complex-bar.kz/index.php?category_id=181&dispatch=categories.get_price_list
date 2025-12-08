--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -89,60 +89,60 @@
   <si>
     <t>Ковши для водяной бани</t>
   </si>
   <si>
     <t>13671.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Ковш д/водяной бани;сталь нерж.;2,1л;D=14,H=14см</t>
   </si>
   <si>
     <t>04011603</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>48079.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
     <t>Ковш д/водяной бани;сталь нерж.;3,5л;D=25,H=12,L=45см;металлич.</t>
   </si>
   <si>
     <t>04030174</t>
   </si>
   <si>
     <t>19782.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>0 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -667,83 +667,83 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0">
         <v>702214</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" s="0">
         <v>74733</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>