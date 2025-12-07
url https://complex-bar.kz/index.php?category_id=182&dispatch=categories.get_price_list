--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,81 +74,63 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Щуп  д/QKER15</t>
   </si>
   <si>
     <t>04012007</t>
   </si>
   <si>
     <t>SONDA QK15</t>
   </si>
   <si>
     <t>Qkit</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Прочее для водяной бани</t>
   </si>
   <si>
     <t>85363.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...14 lines deleted...]
-    <t>1 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Наклейки (неопрен) д/QKER15;,L=1 м</t>
   </si>
   <si>
     <t>08090601</t>
   </si>
   <si>
     <t>NEOPRENE</t>
   </si>
   <si>
     <t>8540.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>7 шт.</t>
   </si>
   <si>
     <t>Нагрев.элемент д/QKER15</t>
   </si>
   <si>
     <t>07020160</t>
   </si>
   <si>
     <t>BV-VK150021</t>
   </si>
   <si>
     <t>83030.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
@@ -178,51 +160,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E901FFD6-E3D1-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A34651B-CFD6-11EE-BC41-00505692492F2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FD08EA8-2230-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB47E-4253-11E8-A155-00259035BB674.gif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E901FFD6-E3D1-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FD08EA8-2230-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB47E-4253-11E8-A155-00259035BB673.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -260,80 +242,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -592,62 +544,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schup-d-qker15-qkit-04012007/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-qker15-qkit-07020908/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakleyki-neopren-d-qker15-qkit-08090601/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevelement-d-qker15-qkit-07020160/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schup-d-qker15-qkit-04012007/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakleyki-neopren-d-qker15-qkit-08090601/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevelement-d-qker15-qkit-07020160/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L5"/>
+  <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I5" sqref="I5"/>
+      <selection activeCell="I4" sqref="I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -718,127 +670,94 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="0" t="s">
+      <c r="D4" s="0" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="L4" s="0">
-        <v>1</v>
-[...30 lines deleted...]
-      <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
-    <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>