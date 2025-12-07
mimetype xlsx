--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -107,51 +107,51 @@
   <si>
     <t>20CWD135</t>
   </si>
   <si>
     <t>4690.00₸</t>
   </si>
   <si>
     <t>Дренаж для гастроемкости GN 1/1;поликарбонат;,L=53,B=32,5см;прозр.</t>
   </si>
   <si>
     <t>04011217</t>
   </si>
   <si>
     <t>14592-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>11527.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>04011277</t>
   </si>
   <si>
     <t>14595-00</t>
   </si>
   <si>
     <t>5960.00₸</t>
   </si>
   <si>
     <t>Дренаж для гастроемкости GN 1/3;поликарбонат;,L=32,5,B=17,6см;прозр.</t>
   </si>
   <si>
     <t>04011278</t>
   </si>
   <si>
     <t>14597-00</t>
   </si>
   <si>
     <t>4235.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
@@ -317,69 +317,69 @@
   <si>
     <t>04011834</t>
   </si>
   <si>
     <t>14405-00</t>
   </si>
   <si>
     <t>10757.00₸</t>
   </si>
   <si>
     <t>Дренаж для гастроемкости GN 1/1;полипроп.;,L=53,B=32,5см;полупрозр.</t>
   </si>
   <si>
     <t>04012459</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>7254.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Дренаж для гастроемкости GN 1/1;полипроп.;,H=3,L=48,B=27см;белый</t>
   </si>
   <si>
     <t>04012473</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>5267.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Дренаж для гастроемкости GN 1/2;сталь нерж.;,L=32,5,B=26,4см;серебрист.</t>
   </si>
   <si>
     <t>04012483</t>
   </si>
   <si>
     <t>39779.00₸</t>
   </si>
   <si>
     <t>Дренаж для гастроемкости GN 1/3;пластик;,L=32,5,B=17,6см;прозр.</t>
   </si>
   <si>
     <t>04012806</t>
   </si>
   <si>
     <t>Cristal Plus</t>
   </si>
   <si>
     <t>5475.00₸</t>
   </si>
   <si>
     <t>Дренаж для гастроемкости GN 1/6;пластик;,L=17,6,B=16,2см;прозр.</t>
   </si>
@@ -1938,51 +1938,51 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>