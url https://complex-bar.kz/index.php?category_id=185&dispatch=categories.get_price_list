--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -152,99 +152,99 @@
   <si>
     <t>Sambonet</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>127374.00₸</t>
   </si>
   <si>
     <t>Емкость для диспенсера для холодных напитков X23688T, 23688TX2;поликарбонат;8л;D=22/20,H=26,5см;проз</t>
   </si>
   <si>
     <t>02123665</t>
   </si>
   <si>
     <t>BP1955A</t>
   </si>
   <si>
     <t>Sunnex</t>
   </si>
   <si>
     <t>16086.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Емкость для диспенсера (X23588X2,23588TX2,X23588);поликарбонат;5л;D=17,6/16,6,H=30,7,L=20,7см;прозр.</t>
   </si>
   <si>
     <t>02123667</t>
   </si>
   <si>
     <t>BP2284</t>
   </si>
   <si>
     <t>15330.00₸</t>
   </si>
   <si>
     <t>Емкость для диспенсера с краном;сталь нерж.;5л</t>
   </si>
   <si>
     <t>02123677</t>
   </si>
   <si>
     <t>F1809527</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>355340.00₸</t>
   </si>
   <si>
     <t>Емкость для диспенсера для молока X23589T;,H=51,8,L=33,B=22см;матовый</t>
   </si>
   <si>
     <t>02123680</t>
   </si>
   <si>
     <t>BP2284A</t>
   </si>
   <si>
     <t>17325.00₸</t>
   </si>
   <si>
     <t>Емкость для диспенсера «Сандэй»;абс-пластик;4л;D=18,5,H=26,5см;прозр.</t>
   </si>
   <si>
     <t>02123801</t>
   </si>
   <si>
-    <t>173759.00₸</t>
+    <t>224794.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Емкость для диспенсера для холодных напитков U13-1200;поликарбонат;4л</t>
   </si>
   <si>
     <t>02123858</t>
   </si>
   <si>
     <t>BP2271</t>
   </si>
   <si>
     <t>6755.00₸</t>
   </si>
   <si>
     <t>Емкость для диспенсера для холодных напитков 51135413;пластик;D=16см;прозр.</t>
   </si>
   <si>
     <t>04012126</t>
   </si>
   <si>
     <t>Buffet</t>
   </si>
   <si>
     <t>98822.00₸</t>
   </si>
@@ -1326,226 +1326,226 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D11" s="0">
         <v>10803</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="B12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>65</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D13" s="0">
         <v>97150038</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>69</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>70</v>