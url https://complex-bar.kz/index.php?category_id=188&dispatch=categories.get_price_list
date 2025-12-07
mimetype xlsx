--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,90 +74,90 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Подставка для досок (6 отдел.);сталь нерж.;,H=29,L=32,B=27см;металлич.</t>
   </si>
   <si>
     <t>04150135</t>
   </si>
   <si>
     <t>42542-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Подставки для досок разделочных</t>
   </si>
   <si>
     <t>70232.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Подставка для досок (10 отдел.);сталь;,H=35,L=30,B=35см;металлич.</t>
   </si>
   <si>
     <t>04150148</t>
   </si>
   <si>
     <t>JQ-W125C</t>
   </si>
   <si>
     <t>пустая</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>11020.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Подставка для досок (6 отдел.);сталь нерж.;,L=36,B=27см;хромиров.</t>
   </si>
   <si>
     <t>04150160</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>133126.00₸</t>
   </si>
   <si>
-    <t>28 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Подставка для досок (6 отдел.);сталь нерж.;,H=28,L=27,B=31см</t>
   </si>
   <si>
     <t>04150194</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>27782.00₸</t>
   </si>
   <si>
     <t>Подставка для досок (6 отдел.);сталь нерж.,пластик</t>
   </si>
   <si>
     <t>04150198</t>
   </si>
   <si>
     <t>Carlisle</t>
   </si>
@@ -173,78 +173,81 @@
   <si>
     <t>PL92001021</t>
   </si>
   <si>
     <t>6282.00₸</t>
   </si>
   <si>
     <t>Подставка для досок «Проотель» (6 отдел.);сталь нерж.;,H=27,L=34,B=26см</t>
   </si>
   <si>
     <t>04150649</t>
   </si>
   <si>
     <t>WSC12</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>22043.00₸</t>
   </si>
   <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для досок «Проотель» (6 отдел.);сталь нерж.;,H=37,5,L=21,3,B=29,3см</t>
+  </si>
+  <si>
+    <t>04150650</t>
+  </si>
+  <si>
+    <t>WSC14</t>
+  </si>
+  <si>
+    <t>22029.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для досок «Проотель» (6 отдел.);сталь нерж.;,H=22,5,L=42,5,B=25см</t>
+  </si>
+  <si>
+    <t>04150651</t>
+  </si>
+  <si>
+    <t>WSC25</t>
+  </si>
+  <si>
+    <t>27916.00₸</t>
+  </si>
+  <si>
     <t>более 500 шт.</t>
-  </si>
-[...25 lines deleted...]
-    <t>27916.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1167,51 +1170,51 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>61</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>