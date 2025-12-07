--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1279">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -116,51 +116,51 @@
   <si>
     <t>Подставки фуршетные</t>
   </si>
   <si>
     <t>713359.00₸</t>
   </si>
   <si>
     <t>33 шт.</t>
   </si>
   <si>
     <t>Клипса для бокалов;абс-пластик;D=48,L=78мм;белый</t>
   </si>
   <si>
     <t>02120506</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>Клипсы для бокалов</t>
   </si>
   <si>
-    <t>1040.00₸</t>
+    <t>693.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Клипса для бокалов «Мано»;абс-пластик;,H=4см;серый</t>
   </si>
   <si>
     <t>02120507</t>
   </si>
   <si>
     <t>E2010</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>Mano</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>511.00₸</t>
   </si>
@@ -209,50 +209,53 @@
   <si>
     <t>4872.00₸</t>
   </si>
   <si>
     <t>Подставка для бутылок «Корзина» для вина;сталь,посеребрен.;,H=16,6,L=24/11см;серебрист.</t>
   </si>
   <si>
     <t>02121442</t>
   </si>
   <si>
     <t>31509-01</t>
   </si>
   <si>
     <t>60823.00₸</t>
   </si>
   <si>
     <t>Подставка для бутылок;хром;,H=195,L=230,B=60мм;металлич.</t>
   </si>
   <si>
     <t>02121444</t>
   </si>
   <si>
     <t>12873.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Стойка фуршетная на 6 емкостей + 6 салатников;сталь нерж.,стекло;2,5л;D=23,H=67,5,L=44,5,B=48,5см;ме</t>
   </si>
   <si>
     <t>02121446</t>
   </si>
   <si>
     <t>222495.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Подставка для бутылок + 20 бутылок;сталь нерж.;,H=30см;металлич.</t>
   </si>
   <si>
     <t>02121455</t>
   </si>
   <si>
     <t>RB 639 E 002</t>
   </si>
   <si>
     <t>Frilich</t>
   </si>
   <si>
     <t>340610.00₸</t>
@@ -290,53 +293,50 @@
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>87380.00₸</t>
   </si>
   <si>
     <t>Диспенсер для чашек и столовых приборов;сталь нерж.,поликарбонат;,H=65,L=40,B=40см</t>
   </si>
   <si>
     <t>02123625</t>
   </si>
   <si>
     <t>U09-1000</t>
   </si>
   <si>
     <t>Sunnex</t>
   </si>
   <si>
     <t>Витрины и станции буфетные</t>
   </si>
   <si>
     <t>272419.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Емкость для диспенсера для чашек и столовых приборов U09-1000;пластик</t>
   </si>
   <si>
     <t>02123670</t>
   </si>
   <si>
     <t>P2454</t>
   </si>
   <si>
     <t>6895.00₸</t>
   </si>
   <si>
     <t>Подставка для бутылок;бук;,H=21,L=28,B=15см;деревян.</t>
   </si>
   <si>
     <t>02124213</t>
   </si>
   <si>
     <t>F727O-00N</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>РОССИЯ</t>
@@ -398,924 +398,957 @@
   <si>
     <t>03021365</t>
   </si>
   <si>
     <t>18088.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для блюда;металл;,H=10,L=18,B=18см;черный</t>
   </si>
   <si>
     <t>03021366</t>
   </si>
   <si>
     <t>20622.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для блюда;металл;,H=18,L=18,B=18см;черный</t>
   </si>
   <si>
     <t>03021367</t>
   </si>
   <si>
     <t>25879.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Ножка для подставки для торта 3080597;пластик;,H=12,7см</t>
+  </si>
+  <si>
+    <t>03021567</t>
+  </si>
+  <si>
+    <t>68 A340 EL568</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Ris</t>
+  </si>
+  <si>
+    <t>Тортовницы</t>
+  </si>
+  <si>
+    <t>22161.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Серфис» для блюда;чугун;D=35,H=22см</t>
+  </si>
+  <si>
+    <t>03021844</t>
+  </si>
+  <si>
+    <t>B7217049</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Surface</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>23023.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для тако 4 секции;дуб;,L=19,B=5см</t>
+  </si>
+  <si>
+    <t>03022579</t>
+  </si>
+  <si>
+    <t>Q704O-06N</t>
+  </si>
+  <si>
+    <t>Подставки для сэндвичей</t>
+  </si>
+  <si>
+    <t>9625.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для тако 3 секции;дуб;,L=15,B=5см</t>
+  </si>
+  <si>
+    <t>03022581</t>
+  </si>
+  <si>
+    <t>Q705O-06N</t>
+  </si>
+  <si>
+    <t>8725.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для тако 3 секции;сталь нерж.;,H=5,L=24,B=6см;металлич.</t>
+  </si>
+  <si>
+    <t>03022793</t>
+  </si>
+  <si>
+    <t>TRW03</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>2723.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Элит» для 4 блюд;сталь нерж.;D=16,H=20см</t>
+  </si>
+  <si>
+    <t>03022832</t>
+  </si>
+  <si>
+    <t>56141-04</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>82953.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатника;металл,дуб;D=27,H=7см;белый</t>
+  </si>
+  <si>
+    <t>03023203</t>
+  </si>
+  <si>
+    <t>B7214339</t>
+  </si>
+  <si>
+    <t>55263.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатника;металл,дерево;D=18см;белый</t>
+  </si>
+  <si>
+    <t>03023204</t>
+  </si>
+  <si>
+    <t>B7214340</t>
+  </si>
+  <si>
+    <t>45346.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатников D=22/28см;сталь;,H=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>03031301</t>
+  </si>
+  <si>
+    <t>509040-22</t>
+  </si>
+  <si>
+    <t>12282.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатников;сталь;,H=17,5,L=36,5,B=17,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03031303</t>
+  </si>
+  <si>
+    <t>45916.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатников;хром;D=17,5,H=25,5см;хромиров.</t>
+  </si>
+  <si>
+    <t>03031312</t>
+  </si>
+  <si>
+    <t>Medium</t>
+  </si>
+  <si>
+    <t>48441.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для салатника;сталь,дерево;D=270,H=75мм;черный</t>
+  </si>
+  <si>
+    <t>03034001</t>
+  </si>
+  <si>
+    <t>B7218402</t>
+  </si>
+  <si>
+    <t>31216.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Бель Кузин»;фарфор;,L=18,B=18см;черный</t>
+  </si>
+  <si>
+    <t>03050704</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Belle Cuisin</t>
+  </si>
+  <si>
+    <t>9471.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная для 3 салатников с крышкой;сталь нерж.,стекло;D=23,H=18,L=50,B=50см;металлич.,пр</t>
+  </si>
+  <si>
+    <t>03080347</t>
+  </si>
+  <si>
+    <t>147494.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 4 емкости + 4 салатника с крышками;сталь нерж.,стекло;D=23,H=66,5,L=45,B=49см;ме</t>
+  </si>
+  <si>
+    <t>03080348</t>
+  </si>
+  <si>
+    <t>260281.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 4 уровня для 4 емкостей 1л;абс-пластик,сталь нерж.;,H=53,L=32,B=19,5см</t>
+  </si>
+  <si>
+    <t>03080367</t>
+  </si>
+  <si>
+    <t>81620.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 3 емкости для мюсли;стекло,дерево;,H=40,L=51,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>03080371</t>
+  </si>
+  <si>
+    <t>319304.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная 3 уровня + 3 салатника;сталь нерж.,стекло;,H=37,L=61,B=24см;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>03080375</t>
+  </si>
+  <si>
+    <t>168581.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 3 уровня для 3 корзин (без корзин);дерево;,H=58,5,L=40,B=40см;бежев.</t>
+  </si>
+  <si>
+    <t>03080376</t>
+  </si>
+  <si>
+    <t>23128.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 2 уровня для 2 корзин (без корзин);сталь хромир.;,H=38,L=49,5,B=38см;металлич.</t>
+  </si>
+  <si>
+    <t>03080378</t>
+  </si>
+  <si>
+    <t>106407.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 4 емкости + 4 салатника с крышками;сталь хромир.,стекло;,H=48,L=30,B=30см;металл</t>
+  </si>
+  <si>
+    <t>03080380</t>
+  </si>
+  <si>
+    <t>173474.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 6 емкостей + 6 салатников без крышек;сталь хромир.,стекло;D=14,H=48,L=33,B=29,5с</t>
+  </si>
+  <si>
+    <t>03080381</t>
+  </si>
+  <si>
+    <t>140658.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная для 3 салатников с крышкой D=14см;сталь хромир.,стекло;0,5л</t>
+  </si>
+  <si>
+    <t>03080383</t>
+  </si>
+  <si>
+    <t>111058.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Домино Блэк» d=32см;стекло;,H=12см;черный</t>
+  </si>
+  <si>
+    <t>03080386</t>
+  </si>
+  <si>
+    <t>7295/6192</t>
+  </si>
+  <si>
+    <t>Lux</t>
+  </si>
+  <si>
+    <t>Domino Black</t>
+  </si>
+  <si>
+    <t>48387.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;стекло;D=31,H=11,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080501</t>
+  </si>
+  <si>
+    <t>4249/1</t>
+  </si>
+  <si>
+    <t>Neman</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>5375.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;стекло;D=24,5,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080502</t>
+  </si>
+  <si>
+    <t>4249/2</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта с крышкой;сталь,пластик;D=30,H=11см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03080509</t>
+  </si>
+  <si>
+    <t>00065</t>
+  </si>
+  <si>
+    <t>13660.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для торта с крышкой;сталь,пластик;D=38,H=14см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03080510</t>
+  </si>
+  <si>
+    <t>Finesse</t>
+  </si>
+  <si>
+    <t>19997.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта вращающаяся;стекло,сталь нерж.;D=30,H=7см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03080517</t>
+  </si>
+  <si>
+    <t>00444</t>
+  </si>
+  <si>
+    <t>18095.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;стекло,сталь;D=30,H=11см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03080518</t>
+  </si>
+  <si>
+    <t>00464</t>
+  </si>
+  <si>
+    <t>23978.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Палладио»;стекло;D=31,H=11см;прозр.</t>
+  </si>
+  <si>
+    <t>03080522</t>
+  </si>
+  <si>
+    <t>Borgonovo</t>
+  </si>
+  <si>
+    <t>Palladio</t>
+  </si>
+  <si>
+    <t>22831.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для торта вращающаяся;сталь нерж.;D=305,H=90мм;металлич.</t>
+  </si>
+  <si>
+    <t>03080527</t>
+  </si>
+  <si>
+    <t>00463</t>
+  </si>
+  <si>
+    <t>60578.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Райзерс»;фарфор;D=36,H=21см;белый</t>
+  </si>
+  <si>
+    <t>03080532</t>
+  </si>
+  <si>
+    <t>6950 E706</t>
+  </si>
+  <si>
+    <t>85863.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Райзерс»;фарфор;D=28,5,H=17см;белый</t>
+  </si>
+  <si>
+    <t>03080533</t>
+  </si>
+  <si>
+    <t>6950 E707</t>
+  </si>
+  <si>
+    <t>62486.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Райзерс»;фарфор;D=24,5,H=11см;белый</t>
+  </si>
+  <si>
+    <t>03080534</t>
+  </si>
+  <si>
+    <t>6950 E708</t>
+  </si>
+  <si>
+    <t>48087.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;сталь;D=32,H=16см;металлич.</t>
+  </si>
+  <si>
+    <t>03080537</t>
+  </si>
+  <si>
+    <t>41660320ICV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>19642.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Кунстверк»;фарфор;D=28,H=9см;белый</t>
+  </si>
+  <si>
+    <t>03080538</t>
+  </si>
+  <si>
+    <t>A7006</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>13559.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Кунстверк»;фарфор;D=31,H=10см;белый</t>
+  </si>
+  <si>
+    <t>03080540</t>
+  </si>
+  <si>
+    <t>A12149</t>
+  </si>
+  <si>
+    <t>10752.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Патиссери» (бортик вниз);стекло;D=28,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03080541</t>
+  </si>
+  <si>
+    <t>98259/b/П</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Patisserie</t>
+  </si>
+  <si>
+    <t>5138.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Проотель»;сталь нерж.;D=33,H=18,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03080546</t>
+  </si>
+  <si>
+    <t>CKS1</t>
+  </si>
+  <si>
+    <t>15659.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Проотель»;сталь нерж.;D=33,H=8см;металлич.</t>
+  </si>
+  <si>
+    <t>03080547</t>
+  </si>
+  <si>
+    <t>CKS2</t>
+  </si>
+  <si>
+    <t>14483.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Рэд»;стекло;D=21,H=9см;красный</t>
+  </si>
+  <si>
+    <t>03080548</t>
+  </si>
+  <si>
+    <t>8912/5060R</t>
+  </si>
+  <si>
+    <t>Red</t>
+  </si>
+  <si>
+    <t>18709.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Рэд»;стекло;D=32,H=12см;красный</t>
+  </si>
+  <si>
+    <t>03080549</t>
+  </si>
+  <si>
+    <t>8914/5060R</t>
+  </si>
+  <si>
+    <t>44624.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;сталь нерж.;D=30,H=14,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03080552</t>
+  </si>
+  <si>
+    <t>11950300ICV</t>
+  </si>
+  <si>
+    <t>25725.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;сталь нерж.;D=30см;металлич.</t>
+  </si>
+  <si>
+    <t>03080559</t>
+  </si>
+  <si>
+    <t>47094-30</t>
+  </si>
+  <si>
+    <t>16078.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта вращающаяся с наклоном;пластик;D=23,H=14,3см;белый</t>
+  </si>
+  <si>
+    <t>03080561</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>95511.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта вращающаяся;сталь нерж.;D=300,H=38мм;металлич.</t>
+  </si>
+  <si>
+    <t>03080562</t>
+  </si>
+  <si>
+    <t>179718.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;пластик;D=27,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03080564</t>
+  </si>
+  <si>
+    <t>26800270MSC</t>
+  </si>
+  <si>
+    <t>22743.00₸</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для торта;D=33,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03080565</t>
+  </si>
+  <si>
+    <t>26800330MSC</t>
+  </si>
+  <si>
+    <t>18419.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;пластик;D=31,H=16см;белый</t>
+  </si>
+  <si>
+    <t>03080569</t>
+  </si>
+  <si>
+    <t>42289.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;пластик;,H=16,L=31,B=31см;белый</t>
+  </si>
+  <si>
+    <t>03080570</t>
+  </si>
+  <si>
+    <t>31370.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;пластик;D=31,H=8см;белый</t>
+  </si>
+  <si>
+    <t>03080571</t>
+  </si>
+  <si>
+    <t>33596.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;сталь нерж.;D=30,H=11см;металлич.</t>
+  </si>
+  <si>
+    <t>03080582</t>
+  </si>
+  <si>
+    <t>00462</t>
+  </si>
+  <si>
+    <t>36529.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Патиссери» (бортик вверх);стекло;D=28,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>03080586</t>
+  </si>
+  <si>
+    <t>98259/b</t>
+  </si>
+  <si>
+    <t>5117.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для подставки для торта «Сан Марко»;стекло;D=27,5,H=20,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080587</t>
+  </si>
+  <si>
+    <t>65296M</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>San Marco</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>Крышки для тортовниц</t>
+  </si>
+  <si>
+    <t>45538.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для подставки для торта «Сан Марко»;стекло;D=23,H=18см;прозр.</t>
+  </si>
+  <si>
+    <t>03080588</t>
+  </si>
+  <si>
+    <t>65295M</t>
+  </si>
+  <si>
+    <t>30800.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для подставки для торта «Сан Марко»;стекло;D=16,H=14см;прозр.</t>
+  </si>
+  <si>
+    <t>03080589</t>
+  </si>
+  <si>
+    <t>65294M</t>
+  </si>
+  <si>
+    <t>23678.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для подставки для торта «Сан Марко»;стекло;D=11,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080590</t>
+  </si>
+  <si>
+    <t>23524.00₸</t>
+  </si>
+  <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Банкет» с крышкой;стекло;D=21,H=16,5см</t>
+  </si>
+  <si>
+    <t>03080591</t>
+  </si>
+  <si>
+    <t>Banguet</t>
+  </si>
+  <si>
+    <t>20526.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Банкет»;стекло;D=32,H=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080595</t>
+  </si>
+  <si>
+    <t>15739.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Фул Мун» без крышки;стекло;D=33см</t>
+  </si>
+  <si>
+    <t>03080596</t>
+  </si>
+  <si>
+    <t>Full Moon</t>
+  </si>
+  <si>
+    <t>9649.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта квадратная;пластик;,H=8,L=31,B=31см;белый</t>
+  </si>
+  <si>
+    <t>03080598</t>
+  </si>
+  <si>
+    <t>40364.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта;пластик;D=31,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03080599</t>
+  </si>
+  <si>
+    <t>00468</t>
+  </si>
+  <si>
+    <t>17595.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная 2 уровня для 2 емкостей;пластик,сталь нерж.;1л;,H=28,L=24,B=19см</t>
+  </si>
+  <si>
+    <t>03080610</t>
+  </si>
+  <si>
+    <t>57981.00₸</t>
+  </si>
+  <si>
+    <t>Стойка фуршетная на 3 емкости;пластик,акрил;,H=43,L=26,B=18см;белый</t>
+  </si>
+  <si>
+    <t>03080630</t>
+  </si>
+  <si>
+    <t>100674.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для стойки фуршетной;пластик;,L=22,B=13,5см</t>
+  </si>
+  <si>
+    <t>03080631</t>
+  </si>
+  <si>
+    <t>Комплектующие для подставок фуршетных</t>
+  </si>
+  <si>
+    <t>7531.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Ножка для подставки для торта 3080597;пластик;,H=12,7см</t>
-[...793 lines deleted...]
-  <si>
     <t>Стойка фуршетная 3 уровня для пакетиков сахара;мдф;,H=29,L=25,B=20см;черный</t>
   </si>
   <si>
     <t>03080632</t>
   </si>
   <si>
     <t>Buffet</t>
   </si>
   <si>
     <t>39825.00₸</t>
   </si>
   <si>
-    <t>Стойка фуршетная 3 уровня для 3 емкостей;пластик,акрил;,H=43,L=26,B=18см;черный</t>
-[...7 lines deleted...]
-  <si>
     <t>Емкость для стойки фуршетной 11446,11451;пластик;,H=13,L=15,B=20см</t>
   </si>
   <si>
     <t>03080641</t>
   </si>
   <si>
     <t>9718.00₸</t>
   </si>
   <si>
-    <t>45 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стойка фуршетная на 12 емкостей D=6см;сталь;D=22,H=59см;металлич.</t>
   </si>
   <si>
     <t>03080646</t>
   </si>
   <si>
     <t>111048.00₸</t>
   </si>
   <si>
     <t>Стойка фуршетная 3 уровня для 3 гастроемкостей GN 1/3;металл</t>
   </si>
   <si>
     <t>03080661</t>
   </si>
   <si>
-    <t>59006.00₸</t>
+    <t>100755.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная на 60 ложек;сталь нерж.;,H=34,L=21,5,B=27см</t>
   </si>
   <si>
     <t>03080664</t>
   </si>
   <si>
     <t>70094.00₸</t>
   </si>
   <si>
     <t>Стойка фуршетная 3 уровня для 3 гастроемкостей GN 1/1;металл;,H=66,L=59,B=52см</t>
   </si>
   <si>
     <t>03080665</t>
   </si>
   <si>
     <t>179141.00₸</t>
   </si>
   <si>
     <t>Стойка фуршетная 3 уровня для 3 гастроемкостей GN 1/2;металл;,H=48,L=41,5,B=31,5см</t>
   </si>
   <si>
     <t>03080666</t>
   </si>
   <si>
-    <t>118219.00₸</t>
+    <t>134281.00₸</t>
   </si>
   <si>
     <t>Подставка для торта 3 уровня;пластик;D=28,H=25см;белый</t>
   </si>
   <si>
     <t>03080714</t>
   </si>
   <si>
     <t>80797.00₸</t>
   </si>
   <si>
     <t>Подставка для торта клен;клён;D=15/11,5,H=10,5см</t>
   </si>
   <si>
     <t>03080722</t>
   </si>
   <si>
     <t>34866.00₸</t>
   </si>
   <si>
     <t>Подставка для торта;сталь нерж.;D=305,H=90мм;металлич.</t>
   </si>
   <si>
     <t>03080903</t>
   </si>
@@ -1349,90 +1382,78 @@
   <si>
     <t>8963.00₸</t>
   </si>
   <si>
     <t>Подставка для торта «Барена»;стекло;D=35,H=13см;прозр.</t>
   </si>
   <si>
     <t>03080912</t>
   </si>
   <si>
     <t>67435M</t>
   </si>
   <si>
     <t>27574.00₸</t>
   </si>
   <si>
     <t>Подставка для торта «Барена» с крышкой;стекло;D=35,H=30,5см;прозр.</t>
   </si>
   <si>
     <t>03080915</t>
   </si>
   <si>
     <t>43059.00₸</t>
   </si>
   <si>
-    <t>Крышка для тортовницы;стекло;D=25,H=16см;прозр.</t>
-[...10 lines deleted...]
-  <si>
     <t>Подставка для торта «Банкет»;стекло;D=210,H=95мм;прозр.</t>
   </si>
   <si>
     <t>03080921</t>
   </si>
   <si>
     <t>62898EM</t>
   </si>
   <si>
     <t>Banquet</t>
   </si>
   <si>
     <t>13706.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для торта «Патиссери» с крышкой;стекло;D=32,2,H=26,2см;прозр.</t>
   </si>
   <si>
     <t>03080931</t>
   </si>
   <si>
     <t>95200/b</t>
   </si>
   <si>
-    <t>10255.00₸</t>
+    <t>10339.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Подставка для десерта с крышкой;стекло;D=82/90,H=198мм;прозр.</t>
   </si>
   <si>
     <t>03080932</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>4651.00₸</t>
   </si>
   <si>
     <t>Подставка для торта «Дольче Вита»;стекло;D=28,H=38см;прозр.</t>
   </si>
   <si>
     <t>03080935</t>
   </si>
   <si>
     <t>IVV</t>
   </si>
   <si>
     <t>Dolce vita</t>
   </si>
@@ -1631,114 +1652,111 @@
   <si>
     <t>29307.00₸</t>
   </si>
   <si>
     <t>Подставка для десерта «Эссеншл» с крышкой;хр.стекло;120мл;D=12,H=23см;прозр.</t>
   </si>
   <si>
     <t>03080957</t>
   </si>
   <si>
     <t>7048B0012</t>
   </si>
   <si>
     <t>Rona</t>
   </si>
   <si>
     <t>Essential</t>
   </si>
   <si>
     <t>СЛОВАКИЯ</t>
   </si>
   <si>
     <t>33572.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стойка фуршетная 15 отделений вращающаяся;металл,стекло;,H=41см;бежев.</t>
   </si>
   <si>
     <t>03081706</t>
   </si>
   <si>
     <t>S4-F1-59-BCZ0410291-G</t>
   </si>
   <si>
     <t>My Glass Studio</t>
   </si>
   <si>
     <t>454770.00₸</t>
   </si>
   <si>
     <t>Подставка для торта «Акация»;акация;D=33,H=8см;деревян.</t>
   </si>
   <si>
     <t>03081712</t>
   </si>
   <si>
-    <t>89405.00₸</t>
+    <t>70771.00₸</t>
   </si>
   <si>
     <t>Подставка для торта «Абиссос»;фарфор;D=135,H=60мм;белый,синий</t>
   </si>
   <si>
     <t>03081721</t>
   </si>
   <si>
     <t>LABY028BL558135</t>
   </si>
   <si>
     <t>Le CoQ</t>
   </si>
   <si>
     <t>Abyssos</t>
   </si>
   <si>
     <t>14808.00₸</t>
   </si>
   <si>
     <t>26 шт.</t>
   </si>
   <si>
     <t>Подставка для торта «Эстиа»;фарфор;D=15,H=7см;коричнев.,белый</t>
   </si>
   <si>
     <t>03081722</t>
   </si>
   <si>
     <t>LEST019RG558150</t>
   </si>
   <si>
     <t>Estia</t>
   </si>
   <si>
     <t>11604.00₸</t>
   </si>
   <si>
-    <t>23 шт.</t>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Подставка для торта «Элит»;сталь нерж.;D=22,H=11см;металлич.</t>
   </si>
   <si>
     <t>03081726</t>
   </si>
   <si>
     <t>56135-22</t>
   </si>
   <si>
     <t>122045.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная «Калейдо» для закусок;,H=85,L=547,B=170мм;тем.сер.</t>
   </si>
   <si>
     <t>03081744</t>
   </si>
   <si>
     <t>518D0010</t>
   </si>
   <si>
     <t>Caleido</t>
   </si>
@@ -1778,65 +1796,65 @@
   <si>
     <t>03171652</t>
   </si>
   <si>
     <t>BU_RS002</t>
   </si>
   <si>
     <t>Craster</t>
   </si>
   <si>
     <t>762116.00₸</t>
   </si>
   <si>
     <t>Витрина для выкладки 2 полки;дуб;,H=40,L=45,B=30см</t>
   </si>
   <si>
     <t>03171654</t>
   </si>
   <si>
     <t>Q904O-00N</t>
   </si>
   <si>
     <t>49550.00₸</t>
   </si>
   <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
     <t>Витрина для выкладки 2 полки;бук;,H=40,L=45,B=30см</t>
   </si>
   <si>
     <t>03171655</t>
   </si>
   <si>
     <t>F904O-00N</t>
   </si>
   <si>
     <t>44784.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>База для станции буфетной прямоугольная;хромирован.;,H=75,L=547,B=342мм;серый</t>
   </si>
   <si>
     <t>03171658</t>
   </si>
   <si>
     <t>518D0001</t>
   </si>
   <si>
     <t>109217.00₸</t>
   </si>
   <si>
     <t>База для станции буфетной прямоугольная;хромирован.;,H=12,5,L=57,B=36,6см;тем.сер.</t>
   </si>
   <si>
     <t>03171659</t>
   </si>
   <si>
     <t>518D0002</t>
   </si>
   <si>
     <t>138339.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для гастроемкости GN 1/1;сталь нерж.;,H=37,8,L=54,7,B=34,2см;тем.сер.</t>
@@ -2042,87 +2060,75 @@
   <si>
     <t>04012119</t>
   </si>
   <si>
     <t>177763.00₸</t>
   </si>
   <si>
     <t>Станция буфетная для охлаждения джема и масла + охл. эл-т, цвет венге;мдф,поликарбонат;,H=30,L=64,B=</t>
   </si>
   <si>
     <t>04012120</t>
   </si>
   <si>
     <t>259945.00₸</t>
   </si>
   <si>
     <t>Станция буфетная для охлаждения овощей и яиц + охл. эл-т, цвет венге;,H=30,L=64,B=46см</t>
   </si>
   <si>
     <t>04012122</t>
   </si>
   <si>
     <t>210942.00₸</t>
   </si>
   <si>
-    <t>Станция буфетная д/охлаждения овощей и яиц, цвет венге;с охл.эл;,H=30,L=64,B=46см</t>
-[...7 lines deleted...]
-  <si>
     <t>Станция буфетная для охлаждения йогурта + охл. эл-т, цвет венге;мдф;,H=12,L=64,B=46см</t>
   </si>
   <si>
     <t>04012123</t>
   </si>
   <si>
     <t>219551.00₸</t>
   </si>
   <si>
     <t>База для станции буфетной цвет венге;дерево;,H=29,L=59,B=46см;коричнев.</t>
   </si>
   <si>
     <t>04012128</t>
   </si>
   <si>
     <t>319728.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Станция буфетная для сыра с крышкой + доска;поликарбонат,дерево;,H=30,L=64,B=46см;венге</t>
   </si>
   <si>
     <t>04012129</t>
   </si>
   <si>
-    <t>225018.00₸</t>
+    <t>275884.00₸</t>
   </si>
   <si>
     <t>Станция буфетная длс лотками для охлаждения + охл. эл-т;,H=30,L=64,B=46см;белый</t>
   </si>
   <si>
     <t>04012130</t>
   </si>
   <si>
     <t>511B2820</t>
   </si>
   <si>
     <t>228937.00₸</t>
   </si>
   <si>
     <t>Стойка фуршетная 3 уровня для подносов;мдф,сталь нерж.;,H=63,L=73,B=38см</t>
   </si>
   <si>
     <t>04012133</t>
   </si>
   <si>
     <t>210311.00₸</t>
   </si>
   <si>
     <t>Станция буфетная с лотком для холодных закусок;,H=30,L=64,B=46см;белый</t>
   </si>
@@ -2165,51 +2171,51 @@
   <si>
     <t>04012145</t>
   </si>
   <si>
     <t>511B2900</t>
   </si>
   <si>
     <t>192208.00₸</t>
   </si>
   <si>
     <t>Станция буфетная для охлаждения с крышкой;сталь нерж.;,H=25,5,L=53,B=32,5см</t>
   </si>
   <si>
     <t>04012146</t>
   </si>
   <si>
     <t>394618.00₸</t>
   </si>
   <si>
     <t>Стойка фуршетная 3 уровня для подносов с охлаждением;мдф,сталь нерж.;,H=63,L=73,B=38см</t>
   </si>
   <si>
     <t>04012147</t>
   </si>
   <si>
-    <t>354893.00₸</t>
+    <t>366975.00₸</t>
   </si>
   <si>
     <t>Станция буфетная с мармитом;,H=30,L=64,B=46см;белый</t>
   </si>
   <si>
     <t>04012160</t>
   </si>
   <si>
     <t>511B5555</t>
   </si>
   <si>
     <t>383514.00₸</t>
   </si>
   <si>
     <t>Станция буфетная с лотками [4шт] для подогрева;мдф;,H=30,L=64,B=46см;белый</t>
   </si>
   <si>
     <t>04012169</t>
   </si>
   <si>
     <t>511B2810</t>
   </si>
   <si>
     <t>467783.00₸</t>
   </si>
@@ -2519,50 +2525,53 @@
   <si>
     <t>44653.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная «Вэйв»;металл,пластик;D=200,H=95мм;черный</t>
   </si>
   <si>
     <t>04016502</t>
   </si>
   <si>
     <t>WAVE</t>
   </si>
   <si>
     <t>15354.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная «Вэйв»;металл,пластик;D=24,H=13см;черный</t>
   </si>
   <si>
     <t>04016503</t>
   </si>
   <si>
     <t>17710.00₸</t>
   </si>
   <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
     <t>Станция буфетная для поддержания тепла;орех,керамика;,H=61,L=530,B=325мм;тем.дерево,черный</t>
   </si>
   <si>
     <t>04019088</t>
   </si>
   <si>
     <t>BU_FH2202</t>
   </si>
   <si>
     <t>3713803.00₸</t>
   </si>
   <si>
     <t>Станция буфетная для поддержания тепла;дуб,керамика;,H=61,L=530,B=325мм;черный дуб,тем.корич.</t>
   </si>
   <si>
     <t>04019089</t>
   </si>
   <si>
     <t>BU_FH2302</t>
   </si>
   <si>
     <t>3640630.00₸</t>
   </si>
   <si>
     <t>Станция буфетная «Слэйт» с охлаждением;сланец натур.,пластик;,H=65,L=580,B=380мм;черный</t>
@@ -2675,51 +2684,51 @@
   <si>
     <t>F1803200</t>
   </si>
   <si>
     <t>96120.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для подноса;сталь хромир.;D=21,H=18см;хромиров.</t>
   </si>
   <si>
     <t>04081149</t>
   </si>
   <si>
     <t>13475.00₸</t>
   </si>
   <si>
     <t>Подставка для бутылок «Корзина» переносная (на 6 шт);металл,дерево;,H=36,L=34см</t>
   </si>
   <si>
     <t>04081701</t>
   </si>
   <si>
     <t>B7214342С</t>
   </si>
   <si>
-    <t>109194.00₸</t>
+    <t>151660.00₸</t>
   </si>
   <si>
     <t>Короб для бутылок «Пирог» прямоугольный, темный дуб;,H=21,L=12,B=12см;тем.дерево</t>
   </si>
   <si>
     <t>04081704</t>
   </si>
   <si>
     <t>11.03.5.1.1.4-01</t>
   </si>
   <si>
     <t>Fuga</t>
   </si>
   <si>
     <t>Пирог</t>
   </si>
   <si>
     <t>24671.00₸</t>
   </si>
   <si>
     <t>Станция буфетная «Топ фрэш» для охлаждения без крышки;сталь нерж.,акрил;,H=65,L=565,B=350мм;белый</t>
   </si>
   <si>
     <t>04082557</t>
   </si>
@@ -2804,53 +2813,50 @@
   <si>
     <t>44429.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для подноса;сталь нерж.;D=20/25,H=19см;металлич.</t>
   </si>
   <si>
     <t>04141524</t>
   </si>
   <si>
     <t>Eternum</t>
   </si>
   <si>
     <t>12143.00₸</t>
   </si>
   <si>
     <t>Подставка для бутербродов на 7 шт;сталь нерж.;,L=47,5,B=10,5см</t>
   </si>
   <si>
     <t>04141529</t>
   </si>
   <si>
     <t>40075.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для бутербродов на 6 шт;пластик;,H=70,L=500,B=195мм;черный</t>
   </si>
   <si>
     <t>04141530</t>
   </si>
   <si>
     <t>17025.00₸</t>
   </si>
   <si>
     <t>Подставка для колбас для подвешивания;дерево;D=22,H=50см;древесн.</t>
   </si>
   <si>
     <t>04141531</t>
   </si>
   <si>
     <t>20221.00₸</t>
   </si>
   <si>
     <t>Подставка для шампуров;сталь нерж.;D=22,H=46см</t>
   </si>
   <si>
     <t>04141532</t>
   </si>
   <si>
     <t>27405.00₸</t>
@@ -2870,51 +2876,51 @@
   <si>
     <t>04141555</t>
   </si>
   <si>
     <t>18080.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная «Фрида» для 84924, 84943;пластик;D=16,5,H=12см;белый</t>
   </si>
   <si>
     <t>04141567</t>
   </si>
   <si>
     <t>Frida</t>
   </si>
   <si>
     <t>16686.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная «Фрида» для 84923, 84944;пластик;D=165,H=80мм;черный</t>
   </si>
   <si>
     <t>04141568</t>
   </si>
   <si>
-    <t>9749.00₸</t>
+    <t>12428.00₸</t>
   </si>
   <si>
     <t>Держатель для вафельных стаканчиков 3 ячейки;D=19,H=24см</t>
   </si>
   <si>
     <t>04146369</t>
   </si>
   <si>
     <t>39032.00₸</t>
   </si>
   <si>
     <t>Держатель для вафельных стаканчиков 4 ячейки;сталь нерж.;,H=85,L=270,B=95мм</t>
   </si>
   <si>
     <t>04146574</t>
   </si>
   <si>
     <t>64319.00₸</t>
   </si>
   <si>
     <t>Держатель для вафельных стаканчиков 4 ячейки;акрил;,H=110,L=285,B=90мм</t>
   </si>
   <si>
     <t>04146575</t>
   </si>
@@ -2948,50 +2954,53 @@
   <si>
     <t>181097.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для подноса;сталь;D=19,5/25,5,H=19см;металлич.</t>
   </si>
   <si>
     <t>04150154</t>
   </si>
   <si>
     <t>10227.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для подноса;сталь;D=20/25,H=19см;металлич.</t>
   </si>
   <si>
     <t>04150161</t>
   </si>
   <si>
     <t>13840200IVV</t>
   </si>
   <si>
     <t>11067.00₸</t>
   </si>
   <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
     <t>Подставка фуршетная для подноса;сталь хромир.;D=25,H=20см;хромиров.</t>
   </si>
   <si>
     <t>04150163</t>
   </si>
   <si>
     <t>41593-20</t>
   </si>
   <si>
     <t>13506.00₸</t>
   </si>
   <si>
     <t>Набор для подачи шашлыка 4 шампура;сталь нерж.;D=22,H=46см</t>
   </si>
   <si>
     <t>04150175</t>
   </si>
   <si>
     <t>42417-22</t>
   </si>
   <si>
     <t>60561.00₸</t>
   </si>
   <si>
     <t>Подставка для хамона;,L=45,B=24см</t>
@@ -3020,53 +3029,50 @@
   <si>
     <t>04150215</t>
   </si>
   <si>
     <t>16756.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для подноса;металл;D=15,5/18,H=10см;черный</t>
   </si>
   <si>
     <t>04150216</t>
   </si>
   <si>
     <t>19967.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная для подноса;металл;D=15,5,H=18см;черный</t>
   </si>
   <si>
     <t>04150219</t>
   </si>
   <si>
     <t>25665.00₸</t>
   </si>
   <si>
-    <t>41 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка фуршетная для гастроемкости GN 1/1;дерево;,H=22,L=57,5,B=27,5см</t>
   </si>
   <si>
     <t>04150402</t>
   </si>
   <si>
     <t>97020.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная «Рабер Пэдс»;пластик;,H=76,L=178,B=152мм;черный</t>
   </si>
   <si>
     <t>04150610</t>
   </si>
   <si>
     <t>6829 EL059</t>
   </si>
   <si>
     <t>Rubber Pedes</t>
   </si>
   <si>
     <t>15485.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная;пластик;D=17,8/15,2,H=10,2см;черный</t>
@@ -3089,80 +3095,71 @@
   <si>
     <t>6829 EL055</t>
   </si>
   <si>
     <t>32541.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная;пластик;D=24,8/22,9,H=11,5см;черный</t>
   </si>
   <si>
     <t>04150618</t>
   </si>
   <si>
     <t>6829 EL067</t>
   </si>
   <si>
     <t>23686.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная;металл,резина;,H=16,2,L=53,B=32,5см</t>
   </si>
   <si>
     <t>04150652</t>
   </si>
   <si>
-    <t>23840.00₸</t>
+    <t>38639.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная;акация;D=15,H=10см</t>
   </si>
   <si>
     <t>04150660</t>
   </si>
   <si>
     <t>23917.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная;акация;D=25,H=15см</t>
   </si>
   <si>
     <t>04150661</t>
   </si>
   <si>
     <t>29538.00₸</t>
   </si>
   <si>
-    <t>Стенд буфетный из 3-х частей;дерево;,H=33,L=40,B=40см;коричнев.</t>
-[...7 lines deleted...]
-  <si>
     <t>Подставка фуршетная высокая;сталь нерж.;,H=30,L=57,5,B=17см;тем.сер.</t>
   </si>
   <si>
     <t>04150672</t>
   </si>
   <si>
     <t>518D0008</t>
   </si>
   <si>
     <t>Подставка фуршетная;сталь нерж.;,H=19,2,L=56,1,B=17см;тем.сер.</t>
   </si>
   <si>
     <t>04150673</t>
   </si>
   <si>
     <t>518B0009</t>
   </si>
   <si>
     <t>Подставка фуршетная «Акация»;акация;D=20,H=10,5см;коричнев.</t>
   </si>
   <si>
     <t>04150876</t>
   </si>
   <si>
     <t>40764.00₸</t>
@@ -3665,51 +3662,51 @@
   <si>
     <t>Подставка для торта;дуб;D=32,H=13,6см;св. дерево</t>
   </si>
   <si>
     <t>03081745</t>
   </si>
   <si>
     <t>BU_CS006</t>
   </si>
   <si>
     <t>314022.00₸</t>
   </si>
   <si>
     <t>Подставка для торта «Астера»;керамика;D=320,H=85мм;коричнев.</t>
   </si>
   <si>
     <t>03081751</t>
   </si>
   <si>
     <t>Cosy&amp;Trendy</t>
   </si>
   <si>
     <t>Astera</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Подставка для тако 2 секции;дуб;,H=35,L=110,B=50мм</t>
   </si>
   <si>
     <t>03025256</t>
   </si>
   <si>
     <t>Q730O-06N</t>
   </si>
   <si>
     <t>8971.00₸</t>
   </si>
   <si>
     <t>Подставка фуршетная;металл;,H=48,L=38,5,B=49см;черный</t>
   </si>
   <si>
     <t>04151384</t>
   </si>
   <si>
     <t>Crazy Wood</t>
   </si>
   <si>
     <t>45647.00₸</t>
   </si>
@@ -3780,50 +3777,125 @@
     <t>182483.00₸</t>
   </si>
   <si>
     <t>База для станции буфетной «Калейдо» высокая;сталь нерж.;,H=37,8,L=55,7,B=34,8см;кофейн.</t>
   </si>
   <si>
     <t>04014943</t>
   </si>
   <si>
     <t>518C0004</t>
   </si>
   <si>
     <t>267637.00₸</t>
   </si>
   <si>
     <t>База для станции буфетной «Калейдо»;сталь нерж.;,H=20,L=57,B=36,7см;кофейн.</t>
   </si>
   <si>
     <t>04014941</t>
   </si>
   <si>
     <t>518C0003</t>
   </si>
   <si>
     <t>274952.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для торта «Акация»;акация;D=33,H=16см;деревян.</t>
+  </si>
+  <si>
+    <t>03081759</t>
+  </si>
+  <si>
+    <t>ТАИЛАНД</t>
+  </si>
+  <si>
+    <t>95634.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Мульти» для блюда;металл;,H=5,L=18,B=18см;черный</t>
+  </si>
+  <si>
+    <t>04151389</t>
+  </si>
+  <si>
+    <t>Multi</t>
+  </si>
+  <si>
+    <t>8344.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Призма» для блюда;металл;,H=20,L=26,B=26см;черный</t>
+  </si>
+  <si>
+    <t>04151388</t>
+  </si>
+  <si>
+    <t>Prisma</t>
+  </si>
+  <si>
+    <t>12607.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Призма» для блюда;металл;,H=10,L=26,B=26см;черный</t>
+  </si>
+  <si>
+    <t>04151387</t>
+  </si>
+  <si>
+    <t>8869.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Вало» для 14030;сталь;D=25,H=20,5см;черный</t>
+  </si>
+  <si>
+    <t>04151390</t>
+  </si>
+  <si>
+    <t>Valo</t>
+  </si>
+  <si>
+    <t>28691.00₸</t>
+  </si>
+  <si>
+    <t>Подставка фуршетная «Тэкс-Мэкс» (180х180мм);сталь нерж.;,L=22,B=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04151391</t>
+  </si>
+  <si>
+    <t>R5760N00154</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Tex-Mex</t>
+  </si>
+  <si>
+    <t>15708.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3838,51 +3910,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408AD9-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F8D-4252-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26BB4732-E3C7-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9AA-424D-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C864-4253-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4A4B-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971B4-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D41533B-20D0-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A000A-E3C6-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BE5-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307460-4251-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14B34F15-21D6-11EF-BC47-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693F0-4251-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E88794D-EA57-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7D76C43-20D0-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DCC811-C099-11EC-BBFA-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408A39-20D0-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D22-489B-11ED-BC00-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F96B50A-489B-11ED-BC00-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D21-489B-11ED-BC00-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AE-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AF-4251-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91C86582-20D7-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B97FE659-8148-11E9-BBBA-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2DF75-7044-11EA-BBD0-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91C86622-20D7-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91C866C2-20D7-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C5D0176-E3C6-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0E71EE-2341-11EA-BBC7-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E04C83F-F94B-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD862595-8148-11E9-BBBA-005056921CC431.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB361-424C-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC14A-E3C6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC149-E3C6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF50-F150-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAF5-424F-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9681-424D-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2D429AE-E3C4-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261903-21B7-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C2A-424E-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA83F-424E-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA840-424E-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161BB-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480603-21B7-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480563-21B7-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F4CFD22-424F-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B5A78CF-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757EC5BE-424B-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE4E-424B-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE55-424B-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C5D0174-E3C6-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC140-E3C6-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC146-E3C6-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC141-E3C6-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D1C-489B-11ED-BC00-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D1D-489B-11ED-BC00-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D1E-489B-11ED-BC00-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56E4-424E-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2129-424E-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07F7-424E-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223CF-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87D-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD4FCFA0-7BA4-11EC-BBF7-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F3418D-424F-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F3418E-424F-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF48-F150-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA2A235-EA57-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E5-4251-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E6-4251-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396509-4251-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039650A-4251-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AC-4251-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF4B-F150-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF4A-F150-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF49-F150-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D617-4252-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DA-4252-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DB-4252-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DC-4252-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DD-4252-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DE-4252-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C3864D-E3C4-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF4F-F150-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261B83-21B7-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261A43-21B7-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716CE-4251-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E3-4252-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C92619A3-21B7-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C66FB-4252-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB4A7-4253-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDCC-4254-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11C419B6-0730-11EB-BBDB-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802D8B35-F160-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290B90-21B7-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA419-4253-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34134330-21B9-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34134290-21B9-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B07E03-8149-11E9-BBBA-005056921CC498.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3305F402-F161-11EB-BBF2-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96FF-4253-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3305F40A-F161-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56683A29-16CE-11EF-BC3F-0050569297EB102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA2A23B-EA57-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A2210F-509F-11EC-BBF6-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFDD277C-509F-11EC-BBF6-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDCB-3126-11EC-BBF4-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDCC-3126-11EC-BBF4-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E954686D-E3C6-11EB-BBF2-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0A-2693-11EB-BBDD-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0B-2693-11EB-BBDD-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0C-2693-11EB-BBDD-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0D-2693-11EB-BBDD-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0E-2693-11EB-BBDD-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0F-2693-11EB-BBDD-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEE277-21B9-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEE1D7-21B9-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA018-21B9-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16A894-21B9-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2860334-75C4-11EA-BBD2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16A754-21B9-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16A7F4-21B9-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E10-294C-11EC-BBF4-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B5-C5EA-11EB-BBF1-005056926DAF123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF291090-21B7-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA23DF-D795-11ED-BC05-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C608-053D-11EE-BC09-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C544-053D-11EE-BC09-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E0EFCD2-3132-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0481BB50-8EBC-11EE-BC13-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC36A-4252-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786DB3B3-21C1-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C52-4254-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AFB75E-7044-11EA-BBD0-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667E2F27-21C1-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667E2FC7-21C1-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B13-EA59-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FED6FFE6-EA59-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D05CA2B-EA57-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667E2E87-21C1-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667E2DE7-21C1-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025D4-4250-11E8-A155-00259035BB67141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013EC6-E44E-11ED-BC09-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013E26-E44E-11ED-BC09-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40B7C-F4B0-11ED-BC09-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2168-4250-11E8-A155-00259035BB67145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2169-4250-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F216C-4250-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F216E-4250-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F216F-4250-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2170-4250-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2171-4250-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE413-21BB-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08741213-21D6-11EF-BC47-00505692C447153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059326-4250-11E8-A155-00259035BB67154.gif"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059327-4250-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059328-4250-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059329-4250-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE7D-4250-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC26B7AE-2E52-11EB-BBDF-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE7E-4250-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E88F50BD-94BA-11EC-BBF8-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB2E-4250-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AD9-4250-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE193-21BB-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F404-4251-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F406-4251-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087412E0-21D6-11EF-BC47-00505692C447167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F408-4251-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE4B3-21BB-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD13A-4251-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E38E-4251-11E8-A155-00259035BB67171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D434199F-4251-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E5-4252-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057BED3-21C3-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FABD55F3-E3D3-11EB-BBF2-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE920180-E3D6-11EB-BBF2-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE1C8D46-E3D6-11EB-BBF2-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512340-21C3-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5289-4252-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/864405C8-F160-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057C0B3-21C3-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2174-4250-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856CB2-4254-11E8-A155-00259035BB67183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61A7B120-D8EE-11EB-BBF2-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1E60BAB-0737-11EB-BBDB-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057C153-21C3-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FED6FFE7-EA59-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AE1254A-EA56-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B12-EA59-11EB-BBF2-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FED6FFE5-EA59-11EB-BBF2-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7AD-EA57-11EB-BBF2-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292ED0F7-21C4-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AEB-EA57-11EB-BBF2-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B120-21C3-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512660-21C3-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5125C0-21C3-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9B475C-F160-11EB-BBF2-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5127A0-21C3-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3667A0-3212-11EF-BC4C-00505692C447199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366700-3212-11EF-BC4C-00505692C447200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DBBFA-FE3F-11ED-BC09-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BB07-FE3F-11ED-BC09-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD4EC3F-FFCC-11ED-BC09-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5794A661-24AA-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5794A59D-24AA-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99599FA7-017F-11EE-BC09-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518B22EB-24AA-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518B239D-24AA-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32233E6A-3212-11EF-BC4C-00505692C447209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A834EE2-D8EE-11EB-BBF2-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F606-21C4-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B3-EA57-11EB-BBF2-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BD7-4252-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD7A5C14-21C4-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA40A-4253-11E8-A155-00259035BB67215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9758DE2-3D5E-11EF-BC4D-00505692C447216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D430-21C5-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE236-21C8-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CA951A1-0D96-11EC-BBF2-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CA951A2-0D96-11EC-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89E7B869-4257-11F0-BC50-00505692C447221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9D38-21C9-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B41618C-424F-11E8-A155-00259035BB67223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3448-E3D3-11EB-BBF2-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB07-4250-11E8-A155-00259035BB67225.gif"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F49-4251-11E8-A155-00259035BB67226.gif"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BAAF2486-21C7-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C92F5E-21C7-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E04C843-F94B-11EB-BBF2-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D50E85C2-75C4-11EA-BBD2-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C92FFE-21C7-11EE-BC0D-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA2E9A0-2224-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6CF-4252-11E8-A155-00259035BB67233.gif"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6D0-4252-11E8-A155-00259035BB67234.gif"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB413-2224-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA5499C-2223-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB4B3-2224-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBC6-424F-11E8-A155-00259035BB67238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9406-424F-11E8-A155-00259035BB67239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26F74156-EA57-11EB-BBF2-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D6DDFC-EA57-11EB-BBF2-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA2E55D-2224-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17111077-F163-11EB-BBF2-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADB01-F161-11EB-BBF2-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D9076-2223-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADB03-F161-11EB-BBF2-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FCB-F161-11EB-BBF2-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5DE2F-2223-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5D2-4252-11E8-A155-00259035BB67249.gif"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5D3-4252-11E8-A155-00259035BB67250.gif"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3C88-2223-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C8FC8DC-F161-11EB-BBF2-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3E7D-2223-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3D83-2223-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088DBFBF-2223-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AEE-EA57-11EB-BBF2-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14A02530-EA57-11EB-BBF2-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCA90F-2223-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCA84E-2223-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0C5780-94BA-11EC-BBF8-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0C5782-94BA-11EC-BBF8-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0C5781-94BA-11EC-BBF8-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54B5C-2223-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5DF06-2223-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA2257-D795-11ED-BC05-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA21B7-D795-11ED-BC05-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA20F3-D795-11ED-BC05-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460CECA-CFDA-11ED-BC05-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460D02E-CFDA-11ED-BC05-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460D0E0-CFDA-11ED-BC05-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460CF7C-CFDA-11ED-BC05-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1521-CFDA-11ED-BC05-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1247-CFDA-11ED-BC05-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B13AB-CFDA-11ED-BC05-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B0DB9-CFDA-11ED-BC05-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B12F9-CFDA-11ED-BC05-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B0D07-CFDA-11ED-BC05-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1195-CFDA-11ED-BC05-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1D43-D795-11ED-BC05-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1E19-D795-11ED-BC05-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EEAF21B-D8A5-11ED-BC05-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29E2A248-D795-11ED-BC05-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1EEF-D795-11ED-BC05-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA202F-D795-11ED-BC05-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D8F5F-DC9C-11ED-BC07-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81DCF52B-E44E-11ED-BC09-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81DCF5CB-E44E-11ED-BC09-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B610-F4B0-11ED-BC09-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B6D4-F4B0-11ED-BC09-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16EA39CE-FB2F-11ED-BC09-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16EA3B22-FB2F-11ED-BC09-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CE61FA7-FB2F-11ED-BC09-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EF11C35-FB2F-11ED-BC09-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BBA7-FE3F-11ED-BC09-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42693232-6C00-11EE-BC0F-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42693351-6C00-11EE-BC0F-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446EE7AE-77D9-11EC-BBF7-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD1B1D4-7259-11EC-BBF7-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1A6B-222F-11EE-BC0D-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B8A974-DD04-11ED-BC08-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29F66706-1917-11EF-BC3F-0050569297EB301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74F8EB15-1A17-11F0-BC4F-00505692C447302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043369B3-AE64-11EF-BC4E-00505692C447303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5BE3675-D385-11EF-BC46-0050569297EB304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99BA55DB-E345-11EF-BC53-00505692E2D0305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB3B06B1-EAEE-11EF-BC4E-00505692C447306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA726-EAEE-11EF-BC4E-00505692C447307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA10025C-04DF-11F0-BC53-00505692E2D0308.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408AD9-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F8D-4252-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26BB4732-E3C7-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9AA-424D-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C864-4253-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4A4B-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D70971B4-424D-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D41533B-20D0-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A000A-E3C6-11EB-BBF2-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BE5-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307460-4251-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14B34F15-21D6-11EF-BC47-00505692C44712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693F0-4251-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E88794D-EA57-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7D76C43-20D0-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40DCC811-C099-11EC-BBFA-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408A39-20D0-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D22-489B-11ED-BC00-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F96B50A-489B-11ED-BC00-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D21-489B-11ED-BC00-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AE-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AF-4251-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91C86582-20D7-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B97FE659-8148-11E9-BBBA-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8B2DF75-7044-11EA-BBD0-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91C86622-20D7-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91C866C2-20D7-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C5D0176-E3C6-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB0E71EE-2341-11EA-BBC7-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E04C83F-F94B-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD862595-8148-11E9-BBBA-005056921CC431.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECFEB361-424C-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC14A-E3C6-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC149-E3C6-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF50-F150-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BAF5-424F-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9681-424D-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A2D429AE-E3C4-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261903-21B7-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD2C0C2A-424E-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA83F-424E-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA840-424E-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161BB-424F-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480603-21B7-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1480563-21B7-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F4CFD22-424F-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B5A78CF-424F-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D667D54-424B-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757EC5BE-424B-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE4E-424B-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE55-424B-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C5D0174-E3C6-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC140-E3C6-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC146-E3C6-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462AC141-E3C6-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D1C-489B-11ED-BC00-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D1D-489B-11ED-BC00-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89878D1E-489B-11ED-BC00-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56E4-424E-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2129-424E-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07F7-424E-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/094223CF-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87D-424F-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD4FCFA0-7BA4-11EC-BBF7-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F3418D-424F-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F3418E-424F-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF48-F150-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA2A235-EA57-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E5-4251-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6E6-4251-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20396509-4251-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039650A-4251-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22AC-4251-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF4B-F150-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF4A-F150-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF49-F150-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8227D617-4252-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DA-4252-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DB-4252-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DC-4252-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DD-4252-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6DE-4252-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE57-4252-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2C3864D-E3C4-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C103EF4F-F150-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D529D-4252-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261B83-21B7-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9261A43-21B7-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716CE-4251-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E3-4252-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C66FB-4252-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB4A7-4253-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289BDCC-4254-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11C419B6-0730-11EB-BBDB-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802D8B35-F160-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290B90-21B7-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA419-4253-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34134330-21B9-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34134290-21B9-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B07E03-8149-11E9-BBBA-005056921CC4100.gif"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3305F402-F161-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96FF-4253-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3305F40A-F161-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA2A23B-EA57-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A2210F-509F-11EC-BBF6-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFDD277C-509F-11EC-BBF6-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDCB-3126-11EC-BBF4-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDCC-3126-11EC-BBF4-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E954686D-E3C6-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0A-2693-11EB-BBDD-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0B-2693-11EB-BBDD-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0C-2693-11EB-BBDD-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0D-2693-11EB-BBDD-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0E-2693-11EB-BBDD-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40C03A0F-2693-11EB-BBDD-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEE277-21B9-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEE1D7-21B9-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0BEA018-21B9-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16A894-21B9-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2860334-75C4-11EA-BBD2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16A754-21B9-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A16A7F4-21B9-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE043E10-294C-11EC-BBF4-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B5-C5EA-11EB-BBF1-005056926DAF124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF291090-21B7-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA23DF-D795-11ED-BC05-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C608-053D-11EE-BC09-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943C544-053D-11EE-BC09-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E0EFCD2-3132-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0481BB50-8EBC-11EE-BC13-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC36A-4252-11E8-A155-00259035BB67131.gif"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786DB3B3-21C1-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C52-4254-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AFB75E-7044-11EA-BBD0-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667E2F27-21C1-11EE-BC0D-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667E2FC7-21C1-11EE-BC0D-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B13-EA59-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FED6FFE6-EA59-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D05CA2B-EA57-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667E2E87-21C1-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667E2DE7-21C1-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025D4-4250-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013EC6-E44E-11ED-BC09-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013E26-E44E-11ED-BC09-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40B7C-F4B0-11ED-BC09-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2168-4250-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2169-4250-11E8-A155-00259035BB67147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F216C-4250-11E8-A155-00259035BB67148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F216E-4250-11E8-A155-00259035BB67149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F216F-4250-11E8-A155-00259035BB67150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2170-4250-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2171-4250-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE413-21BB-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08741213-21D6-11EF-BC47-00505692C447154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059326-4250-11E8-A155-00259035BB67155.gif"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059327-4250-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059328-4250-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059329-4250-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE7D-4250-11E8-A155-00259035BB67159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE7E-4250-11E8-A155-00259035BB67160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E88F50BD-94BA-11EC-BBF8-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB2E-4250-11E8-A155-00259035BB67162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AD9-4250-11E8-A155-00259035BB67163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE193-21BB-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F404-4251-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F406-4251-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087412E0-21D6-11EF-BC47-00505692C447167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F408-4251-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC9DE4B3-21BB-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD13A-4251-11E8-A155-00259035BB67170.gif"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E38E-4251-11E8-A155-00259035BB67171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D434199F-4251-11E8-A155-00259035BB67172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E5-4252-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057BED3-21C3-11EE-BC0D-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FABD55F3-E3D3-11EB-BBF2-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE920180-E3D6-11EB-BBF2-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE1C8D46-E3D6-11EB-BBF2-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512340-21C3-11EE-BC0D-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5289-4252-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/864405C8-F160-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057C0B3-21C3-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2174-4250-11E8-A155-00259035BB67182.gif"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856CB2-4254-11E8-A155-00259035BB67183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61A7B120-D8EE-11EB-BBF2-005056921CC4184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1E60BAB-0737-11EB-BBDB-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8057C153-21C3-11EE-BC0D-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FED6FFE7-EA59-11EB-BBF2-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AE1254A-EA56-11EB-BBF2-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B12-EA59-11EB-BBF2-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FED6FFE5-EA59-11EB-BBF2-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7AD-EA57-11EB-BBF2-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292ED0F7-21C4-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AEB-EA57-11EB-BBF2-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B120-21C3-11EE-BC0D-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A512660-21C3-11EE-BC0D-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5125C0-21C3-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC9B475C-F160-11EB-BBF2-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5127A0-21C3-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3667A0-3212-11EF-BC4C-00505692C447199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366700-3212-11EF-BC4C-00505692C447200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DBBFA-FE3F-11ED-BC09-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BB07-FE3F-11ED-BC09-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CD4EC3F-FFCC-11ED-BC09-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5794A661-24AA-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5794A59D-24AA-11EE-BC0D-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99599FA7-017F-11EE-BC09-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518B22EB-24AA-11EE-BC0D-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518B239D-24AA-11EE-BC0D-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32233E6A-3212-11EF-BC4C-00505692C447209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A834EE2-D8EE-11EB-BBF2-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F606-21C4-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FD6A7B3-EA57-11EB-BBF2-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BD7-4252-11E8-A155-00259035BB67213.gif"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD7A5C14-21C4-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA40A-4253-11E8-A155-00259035BB67215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9758DE2-3D5E-11EF-BC4D-00505692C447216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AC0D430-21C5-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C41AE236-21C8-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CA951A1-0D96-11EC-BBF2-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CA951A2-0D96-11EC-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89E7B869-4257-11F0-BC50-00505692C447221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9D38-21C9-11EE-BC0D-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B41618C-424F-11E8-A155-00259035BB67223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3448-E3D3-11EB-BBF2-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FDDB07-4250-11E8-A155-00259035BB67225.gif"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E3E2F49-4251-11E8-A155-00259035BB67226.gif"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BAAF2486-21C7-11EE-BC0D-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C92F5E-21C7-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E04C843-F94B-11EB-BBF2-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D50E85C2-75C4-11EA-BBD2-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6C92FFE-21C7-11EE-BC0D-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA2E9A0-2224-11EE-BC0D-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6CF-4252-11E8-A155-00259035BB67233.gif"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6D0-4252-11E8-A155-00259035BB67234.gif"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB413-2224-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA5499C-2223-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB4B3-2224-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CBC6-424F-11E8-A155-00259035BB67238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA9406-424F-11E8-A155-00259035BB67239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26F74156-EA57-11EB-BBF2-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20D6DDFC-EA57-11EB-BBF2-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA2E55D-2224-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17111077-F163-11EB-BBF2-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADB01-F161-11EB-BBF2-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D9076-2223-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADB03-F161-11EB-BBF2-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FCB-F161-11EB-BBF2-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5DE2F-2223-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5D2-4252-11E8-A155-00259035BB67249.gif"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5D3-4252-11E8-A155-00259035BB67250.gif"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3C88-2223-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C8FC8DC-F161-11EB-BBF2-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3E7D-2223-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1AB3D83-2223-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AEE-EA57-11EB-BBF2-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14A02530-EA57-11EB-BBF2-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCA90F-2223-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCA84E-2223-11EE-BC0D-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0C5780-94BA-11EC-BBF8-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0C5782-94BA-11EC-BBF8-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0C5781-94BA-11EC-BBF8-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54B5C-2223-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7A5DF06-2223-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA2257-D795-11ED-BC05-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA21B7-D795-11ED-BC05-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA20F3-D795-11ED-BC05-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460CECA-CFDA-11ED-BC05-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460D02E-CFDA-11ED-BC05-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460D0E0-CFDA-11ED-BC05-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9460CF7C-CFDA-11ED-BC05-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1521-CFDA-11ED-BC05-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1247-CFDA-11ED-BC05-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B13AB-CFDA-11ED-BC05-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B0DB9-CFDA-11ED-BC05-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B12F9-CFDA-11ED-BC05-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B0D07-CFDA-11ED-BC05-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B1195-CFDA-11ED-BC05-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1D43-D795-11ED-BC05-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1E19-D795-11ED-BC05-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EEAF21B-D8A5-11ED-BC05-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29E2A248-D795-11ED-BC05-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1EEF-D795-11ED-BC05-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA202F-D795-11ED-BC05-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329D8F5F-DC9C-11ED-BC07-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81DCF52B-E44E-11ED-BC09-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81DCF5CB-E44E-11ED-BC09-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B610-F4B0-11ED-BC09-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75A2B6D4-F4B0-11ED-BC09-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16EA39CE-FB2F-11ED-BC09-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16EA3B22-FB2F-11ED-BC09-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CE61FA7-FB2F-11ED-BC09-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EF11C35-FB2F-11ED-BC09-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606BBA7-FE3F-11ED-BC09-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42693232-6C00-11EE-BC0F-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42693351-6C00-11EE-BC0F-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446EE7AE-77D9-11EC-BBF7-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD1B1D4-7259-11EC-BBF7-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1A6B-222F-11EE-BC0D-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4B8A974-DD04-11ED-BC08-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29F66706-1917-11EF-BC3F-0050569297EB300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74F8EB15-1A17-11F0-BC4F-00505692C447301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043369B3-AE64-11EF-BC4E-00505692C447302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5BE3675-D385-11EF-BC46-0050569297EB303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99BA55DB-E345-11EF-BC53-00505692E2D0304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB3B06B1-EAEE-11EF-BC4E-00505692C447305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA726-EAEE-11EF-BC4E-00505692C447306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA10025C-04DF-11F0-BC53-00505692E2D0307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7D760B7-C7F0-11F0-BC5A-00505692E2D0308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1DB9DFC-C7F0-11F0-BC5A-00505692E2D0309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1DB9242-C7F0-11F0-BC5A-00505692E2D0310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1DB9936-C7F0-11F0-BC5A-00505692E2D0311.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -7987,51 +8059,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="138" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>140</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="139" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -12817,51 +12889,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="299" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>302</xdr:row>
+      <xdr:row>306</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="300" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -13057,63 +13129,153 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="307" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>314</xdr:row>
+      <xdr:row>317</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="308" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>318</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="309" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>319</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="310" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>320</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="311" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -13372,62 +13534,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-doppio-02100317/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-paderno-02120498/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-furshetnaya-d-bokalov-linden-02120506/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-furshetnaya-d-bokalov-arcoroc-02120507/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-d-stola-mak-02120522/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov36salatnikov-aps-02121121/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-butylki-prohotel-02121440/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-vina-paderno-02121442/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-butylki-aps-02121444/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-6-salatnikov-aps-02121446/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-butylok-20butylok-frilich-02121455/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-butylok-20butylok-frilich-02121455-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-6-ti-butylok-aps-02121458/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-pintinox-02121465/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-2h-yarusnd-chashek-i-stolpriborov-sunnex-02123625/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dispensera-u09-1000-sunnex-02123670/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-ppwood-02124213/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020914/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tortovnicy-art-3080597-steelite-03021567/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-serax-03021844/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tako-ppwood-03022579/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tako-3-sekcii-ppwood-03022581/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tako-3-sekcii-prohotel-03022793/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-4-h-blyud-sambonet-03022832/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-blyuda-serax-03023203/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-blyuda-serax-03023204/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-pintinox-03031301/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-aps-03031303/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-aps-03031312/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-serax-03034001/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-revol-03050704/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-3h-salanikov-s-kryshkoy-aps-03080347/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-salatnika-s-kryshkami-aps-03080348/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-4-emkosti-po-1l-aps-03080367/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-myusli-na-3-chashki-aps-03080371/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-salatnika-s-krysh-aps-03080375/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-korzinok-aps-03080376/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-2-h-korzinok-aps-03080378/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-salatnika-s-krysh-aps-03080380/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-6-salatnikov-aps-03080381/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-3h-salatnikov-s-kryshkoy-aps-03080383/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-lux-03080386/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-torta-neman-03080502/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tortovnica-s-kolpakom-aps-03080509/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tortovnica-s-kolpakom-aps-03080510/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-vraschayusch-aps-03080517/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080518/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-borgonovo-03080522/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vraschayuschayasya-aps-03080527/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-roselli-03080532/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-roselli-03080533/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-roselli-03080534/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ilsa-03080537/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-kunstwerk-03080538/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-kunstwerk-03080540/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-bortik-vniz-pasabahce-03080541/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-prohotel-03080546/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-prohotel-03080547/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-lux-03080548/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-lux-03080549/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ilsa-03080552/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-paderno-03080559/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vraschayuschayasya-s-naklonom-matfer-03080561/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vraschayuschayasya-matfer-03080562/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ilsa-03080564/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ilsa-03080565/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080569/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080570/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080571/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080582/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-bortik-vverh-pasabahce-03080586/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-vidivi-03080587/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-vidivi-03080588/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-vidivi-03080589/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-vidivi-03080590/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tortovnica-s-kryshkoy-vidivi-03080591/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tortovnica-bez-kryshki-vidivi-03080596/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-kvadr-aps-03080598/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-2-emkosti-aps-03080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-furshetnaya-aps-03080630/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-etazherki-aps-03080631/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnd-paketikov-s-saharom-pintinox-03080632/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-3-chashi-aps-03080637/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-etazherki-11446-11451-aps-03080641/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-furshetnyh-emkostey-aps-03080646/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-3-aps-03080661/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-fursheta-na-60-lozhek-pintinox-03080664/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-1-aps-03080665/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-2-aps-03080666/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-torta-3-h-yarusnaya-matfer-03080714/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080722/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-paderno-03080903/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-serax-03080905/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vidivi-03080910/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vidivi-03080912/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-s-kryshkoy-vidivi-03080915/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-100-chef-03080919/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vidivi-03080921/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-s-kryshkoy-pasabahce-03080931/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-deserta-s-kryshkoy-pasabahce-03080932/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ivv-03080935/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ivv-03080936/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-diametrom-ot28-do32sm-ivv-03080938/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pordamsa-03080939/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pordamsa-03080940/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-deserta-diana-pordamsa-03080941/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pordamsa-03080942/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-deserta-diana-pordamsa-03080943/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pordamsa-03080944/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-postavki-d-torta-pordamsa-03080945/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-postavki-d-torta-pordamsa-03080947/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-podstavki-d-deserta-pordamsa-03080948/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080950/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080951/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080953/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080954/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vraschayuschayasya-martellato-03080956/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-kryshkoy-dlya-desertov-i-prochih-zakusok-rona-03080957/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-vraschayuschayasya-15-otdeleniy-my-glass-studio-03081706/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03081712/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-le-coq-03081721/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-le-coq-03081722/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-sambonet-03081726/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-03081744/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bufet-vitrina-2-h-yarusns-4-ohlel-tami-b-kr-aps-03171635/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bufet-vitrina-2-h-yarusnb-kryshki-s-4-ohlelem-aps-03171642/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bufet-vitrina-2-h-yarusns-2ohlel-tami-b-kr-aps-03171650/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-2-polki-craster-03171652/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-2-polki-ppwood-03171654/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-2-polki-ppwood-03171655/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-bufetnoy-vitriny-pintinox-03171658/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-bufetnoy-vitriny-pintinox-03171659/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-gastroemkosti-1-1-pintinox-03171660/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-s-kryshkoy-roll-top-d-bufetnoy-stancii-komplekt-gn1-1-20-gn1-1-404-ohl-el-ta-pintinox-03171661/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-s-kryshkoy-roll-top-d-bufetnoy-stancii-s-ohlazhdeniem-pintinox-03171662/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-s-kryshkoy-roll-top-d-ohlazhdeniya-yogurta-gn1-3-100-gn1-1-110-4-ohlazhdel-ta-pintinox-03171663/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-d-hleba-pintinox-03172503/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-craster-03177117/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-craster-03177118/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-craster-03177132/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-d-vypechki-pintinox-04012105/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-lotkom-d-holodnyh-zakusok-pintinox-04012106/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhd-s-lotkami-pintinox-04012109/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-gotovyh-blyud-pintinox-04012111/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-stolov-priborov-pintinox-04012112/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-vypechki-dvoynaya-pintinox-04012113/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-fruktov-dvoynaya-pintinox-04012114/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-1-1-pintinox-04012116/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-1-1-pintinox-04012116-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-podogreva-ovoschey-4-lotka-pintinox-04012117/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-yogurta-fruktov-pintinox-04012118/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-korzina-bufetnaya-d-hleba-s-kryshkoy-pintinox-04012119/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhddzhema-masla-perf-pintinox-04012120/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-ovoschey-i-yaic-pintinox-04012122/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-ovoschey-i-yaic-pintinox-04012122-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-yogurta-pintinox-04012123/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-bufetnoy-stancii-pintinox-04012128/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-syra-s-kryshkoydoska-pintinox-04012129/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-s-lotkami-pintinox-04012130/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-d-podnosov-pintinox-04012133/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-lotkom-d-holodnyh-zakusok-pintinox-04012141/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-2-yarusnaya-s-kr-pintinox-04012143/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-ovoschey-i-yaic-pintinox-04012144-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-yogurta-pintinox-04012145/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhds-kryshkoy-aps-04012146/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-d-podnosov-3-h-urovns-ohlazhdeniem-pintinox-04012147/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-pintinox-04012160/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-podogreva-ovoschey-4-lotka-pintinox-04012169/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhds-4-mya-salatnikami-pintinox-04012175/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-ohlazhdeniya-s-kryshk-aps-04012181/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-bufetnoy-steny-frilich-04012185/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bufetnaya-stena-frilich-04012186/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-s-derzhd-bufsteny-s-ohlazhdsistemoy-frilich-04012187/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-04012189/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-b-kryshki-aps-04012190/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-d-stanciy-d-ohlazhdeniya-frilich-04012195/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-ohlazhdeniya-gn-1-1-aps-04012199/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lotok-d-ovoschey-pintinox-04012461/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-podachi-shashlyka-6-shampurov-sadj-04013104/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-tortovnic-aps-04014339/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-pintinox-04014903/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-ohladitelem-craster-04014906/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-bufetnoy-vitriny-pintinox-04014910/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-pryamougs-ohlazhdeniem-pintinox-04014911/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-supov-25l-pintinox-04014915/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-bufetnoy-vitriny-pintinox-04014916/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougd-ohlazhdeniya-yogurta4-ohlazhdelementa-pintinox-04014917/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plato-pryamougs-kryshkoy-pintinox-04014919/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-gn-1-1-pintinox-04014920/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ovoschey-pintinox-04014922/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-kryshkoy-pintinox-04015025/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016004/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016005/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016006/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-most-aps-04016010/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04016502/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04016503/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-craster-04019088/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-craster-04019089/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-aps-04019090/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019104/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019105/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019106/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019107/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019108/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-aps-04019150/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-aps-04020582/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mangal-sadj-04022163/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-d-fruktov-gn-1-1-s-ruchkami-pintinox-04080996/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-d-moreproduktov-matfer-04081149/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-perenosnaya-d-butylok-na-6sht-serax-04081701/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korob-pryamougd-butylki-fuga-04081704/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-aps-04082557/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-rulki-ppwood-04090421/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-pryamougd-bufetnoy-stancii-pintinox-04091016/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podachi-na-nozhkah-bauscher-04091127/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podachi-na-nozhkah-bauscher-04091128/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-vafelnyh-stakanchikov-paderno-04141302/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-vafelnstakanchikov-paderno-04141337/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-s-moreproduk-eternum-04141524/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-buterbrodov-na-7sht-aps-04141529/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-buterbrodov-na-6sht-aps-04141530/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podveshivaniya-kolbas-sosisok-aps-04141531/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-shampurov-aps-04141532/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-buterbrodov-na-3sht-aps-04141554/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-buterbrodov-na-4sht-aps-04141555/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-art-84924-84943-aps-04141567/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-art-84923-84944-aps-04141568/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-vafelnyh-stakanchikov-matfer-04146369/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-vafelnyh-stakanchikov-4-yacheyki-matfer-04146574/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-vafelnyh-stakanchikov-4-yacheyki-matfer-04146575/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/displey-d-mindalnogo-pechenya-5-ryadov-matfer-04147214/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-maffinov-matfer-04147806/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/displey-d-mindalnogo-pechenya-7-ryadov-matfer-04149979/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150154/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-ilsa-04150161/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-paderno-04150163/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-shashlyka-4shampura-paderno-04150175/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-hamona-paderno-04150176/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-salatnika-dvoynoy-d-art-11595-aps-04150204/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150215/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150216/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150219/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-gastr-tey-1-1-aps-04150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-steelite-04150610/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-steelite-04150613/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-steelite-04150614/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-steelite-04150618/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-aps-04150652/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04150660/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04150661/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-furshetnyy-iz-3-h-chastey-aps-04150662/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-vysokaya-pintinox-04150672/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-pintinox-04150673/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04150876/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04150877/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-s-ohlazhdeniem-pintinox-04151303/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-zakusok-pintinox-04151307/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-12-yu-farforovymi-salatnikami-pintinox-04151309/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-ppwood-04151316/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151318/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151319/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151320/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151322/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151327/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151328/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151329/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151330/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151333/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151334/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151335/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151336/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151337/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151338/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151339/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151340/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151341/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151342/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151343/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151344/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151346/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podstavok-furshetnyh-revol-04151347/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151348/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151349/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151353/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151354/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151355/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151356/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151357/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151358/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151359/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151368/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151369/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnaya-vitrina-na-1-gn-1-1-ili-2-gn-1-2-aps-07040103/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnaya-vitrina-na-3-gn-1-2-aps-07040104/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-3-emkosti-aps-09100656/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-hold-02124223/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-ppwood-04151325/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-craster-03177239/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-ppwood-04151321/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-craster-03081745/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-cosy-and-trendy-03081751/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tako-ppwood-03025256/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04151384/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-eternum-02124283/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03081753/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ppwood-09104050/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ppwood-09104051/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pasabahce-03080960/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-dlya-stancii-bufetnoy-pintinox-04014942/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-dlya-stancii-bufetnoy-pintinox-04014943/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-dlya-stancii-bufetnoy-pintinox-04014941/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-doppio-02100317/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-myusli-paderno-02120498/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-furshetnaya-d-bokalov-linden-02120506/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-furshetnaya-d-bokalov-arcoroc-02120507/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-d-stola-mak-02120522/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov36salatnikov-aps-02121121/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-butylki-prohotel-02121440/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-vina-paderno-02121442/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-butylki-aps-02121444/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-6-salatnikov-aps-02121446/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-butylok-20butylok-frilich-02121455/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-butylok-20butylok-frilich-02121455-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-6-ti-butylok-aps-02121458/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-pintinox-02121465/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-2h-yarusnd-chashek-i-stolpriborov-sunnex-02123625/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-dispensera-u09-1000-sunnex-02123670/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-ppwood-02124213/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020776/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020777/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-furshetnna-nozhke-roselli-03020914/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021365/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021366/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-furshetnblyud-aps-03021367/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tortovnicy-art-3080597-steelite-03021567/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-blyuda-serax-03021844/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tako-ppwood-03022579/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tako-3-sekcii-ppwood-03022581/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tako-3-sekcii-prohotel-03022793/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-4-h-blyud-sambonet-03022832/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-blyuda-serax-03023203/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-blyuda-serax-03023204/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-pintinox-03031301/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-aps-03031303/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salatnikov-aps-03031312/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-salatnika-serax-03034001/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-revol-03050704/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-3h-salanikov-s-kryshkoy-aps-03080347/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-salatnika-s-kryshkami-aps-03080348/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-4-emkosti-po-1l-aps-03080367/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-myusli-na-3-chashki-aps-03080371/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-salatnika-s-krysh-aps-03080375/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-korzinok-aps-03080376/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-2-h-korzinok-aps-03080378/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-4-salatnika-s-krysh-aps-03080380/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-6-salatnikov-aps-03080381/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-3h-salatnikov-s-kryshkoy-aps-03080383/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-lux-03080386/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-neman-03080501/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-torta-neman-03080502/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tortovnica-s-kolpakom-aps-03080509/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tortovnica-s-kolpakom-aps-03080510/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-vraschayusch-aps-03080517/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080518/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-borgonovo-03080522/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vraschayuschayasya-aps-03080527/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-roselli-03080532/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-roselli-03080533/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-roselli-03080534/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ilsa-03080537/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-kunstwerk-03080538/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-kunstwerk-03080540/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-bortik-vniz-pasabahce-03080541/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-prohotel-03080546/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-prohotel-03080547/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-lux-03080548/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-lux-03080549/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ilsa-03080552/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-paderno-03080559/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vraschayuschayasya-s-naklonom-matfer-03080561/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vraschayuschayasya-matfer-03080562/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ilsa-03080564/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ilsa-03080565/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080569/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080570/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080571/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080582/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-bortik-vverh-pasabahce-03080586/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-vidivi-03080587/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-vidivi-03080588/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-vidivi-03080589/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-vidivi-03080590/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tortovnica-s-kryshkoy-vidivi-03080591/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vidivi-03080595/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tortovnica-bez-kryshki-vidivi-03080596/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-kvadr-aps-03080598/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080599/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-2-emkosti-aps-03080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-furshetnaya-aps-03080630/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-etazherki-aps-03080631/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnd-paketikov-s-saharom-pintinox-03080632/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-etazherki-11446-11451-aps-03080641/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-furshetnyh-emkostey-aps-03080646/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-3-aps-03080661/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-dlya-fursheta-na-60-lozhek-pintinox-03080664/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-1-aps-03080665/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-3-h-gastroemk-1-2-aps-03080666/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-torta-3-h-yarusnaya-matfer-03080714/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080722/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-paderno-03080903/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-serax-03080905/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vidivi-03080910/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vidivi-03080912/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-s-kryshkoy-vidivi-03080915/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vidivi-03080921/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-torta-s-kryshkoy-pasabahce-03080931/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-deserta-s-kryshkoy-pasabahce-03080932/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ivv-03080935/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ivv-03080936/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-tortovnicy-diametrom-ot28-do32sm-ivv-03080938/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pordamsa-03080939/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pordamsa-03080940/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-deserta-diana-pordamsa-03080941/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pordamsa-03080942/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-deserta-diana-pordamsa-03080943/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pordamsa-03080944/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-postavki-d-torta-pordamsa-03080945/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-postavki-d-torta-pordamsa-03080947/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-podstavki-d-deserta-pordamsa-03080948/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080950/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080951/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080953/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03080954/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-vraschayuschayasya-martellato-03080956/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-kryshkoy-dlya-desertov-i-prochih-zakusok-rona-03080957/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-vraschayuschayasya-15-otdeleniy-my-glass-studio-03081706/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03081712/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-le-coq-03081721/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-le-coq-03081722/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-sambonet-03081726/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-03081744/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bufet-vitrina-2-h-yarusns-4-ohlel-tami-b-kr-aps-03171635/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bufet-vitrina-2-h-yarusnb-kryshki-s-4-ohlelem-aps-03171642/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bufet-vitrina-2-h-yarusns-2ohlel-tami-b-kr-aps-03171650/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-2-polki-craster-03171652/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-2-polki-ppwood-03171654/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-2-polki-ppwood-03171655/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-bufetnoy-vitriny-pintinox-03171658/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-bufetnoy-vitriny-pintinox-03171659/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-gastroemkosti-1-1-pintinox-03171660/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-s-kryshkoy-roll-top-d-bufetnoy-stancii-komplekt-gn1-1-20-gn1-1-404-ohl-el-ta-pintinox-03171661/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-s-kryshkoy-roll-top-d-bufetnoy-stancii-s-ohlazhdeniem-pintinox-03171662/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-s-kryshkoy-roll-top-d-ohlazhdeniya-yogurta-gn1-3-100-gn1-1-110-4-ohlazhdel-ta-pintinox-03171663/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-d-hleba-pintinox-03172503/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-craster-03177117/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-craster-03177118/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-craster-03177132/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-d-vypechki-pintinox-04012105/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-lotkom-d-holodnyh-zakusok-pintinox-04012106/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhd-s-lotkami-pintinox-04012109/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-gotovyh-blyud-pintinox-04012111/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-stolov-priborov-pintinox-04012112/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-vypechki-dvoynaya-pintinox-04012113/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-fruktov-dvoynaya-pintinox-04012114/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-1-1-pintinox-04012116/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-1-1-pintinox-04012116-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-podogreva-ovoschey-4-lotka-pintinox-04012117/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-yogurta-fruktov-pintinox-04012118/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-korzina-bufetnaya-d-hleba-s-kryshkoy-pintinox-04012119/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhddzhema-masla-perf-pintinox-04012120/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-ovoschey-i-yaic-pintinox-04012122/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-yogurta-pintinox-04012123/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-bufetnoy-stancii-pintinox-04012128/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-syra-s-kryshkoydoska-pintinox-04012129/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-s-lotkami-pintinox-04012130/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-d-podnosov-pintinox-04012133/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-lotkom-d-holodnyh-zakusok-pintinox-04012141/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-2-yarusnaya-s-kr-pintinox-04012143/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-ovoschey-i-yaic-pintinox-04012144-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-yogurta-pintinox-04012145/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhds-kryshkoy-aps-04012146/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stoyka-d-podnosov-3-h-urovns-ohlazhdeniem-pintinox-04012147/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-pintinox-04012160/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-podogreva-ovoschey-4-lotka-pintinox-04012169/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhds-4-mya-salatnikami-pintinox-04012175/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-ohlazhdeniya-s-kryshk-aps-04012181/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-bufetnoy-steny-frilich-04012185/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bufetnaya-stena-frilich-04012186/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blyudo-s-derzhd-bufsteny-s-ohlazhdsistemoy-frilich-04012187/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-04012189/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-b-kryshki-aps-04012190/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-d-stanciy-d-ohlazhdeniya-frilich-04012195/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-d-ohlazhdeniya-gn-1-1-aps-04012199/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lotok-d-ovoschey-pintinox-04012461/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-podachi-shashlyka-6-shampurov-sadj-04013104/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-tortovnic-aps-04014339/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ohlazhdeniya-pintinox-04014903/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-ohladitelem-craster-04014906/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-bufetnoy-vitriny-pintinox-04014910/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-pryamougs-ohlazhdeniem-pintinox-04014911/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-supov-25l-pintinox-04014915/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-pryamougd-bufetnoy-vitriny-pintinox-04014916/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougd-ohlazhdeniya-yogurta4-ohlazhdelementa-pintinox-04014917/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plato-pryamougs-kryshkoy-pintinox-04014919/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-gn-1-1-pintinox-04014920/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-d-ovoschey-pintinox-04014922/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-kryshkoy-pintinox-04015025/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016004/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016005/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-aps-04016006/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-bufetnyy-most-aps-04016010/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04016502/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04016503/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-craster-04019088/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-craster-04019089/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-aps-04019090/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019104/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019105/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019106/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019107/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-dlya-bufetnoy-stancii-frilich-04019108/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-aps-04019150/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ekran-zaschitnyy-aps-04020582/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mangal-sadj-04022163/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-d-fruktov-gn-1-1-s-ruchkami-pintinox-04080996/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-d-moreproduktov-matfer-04081149/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-perenosnaya-d-butylok-na-6sht-serax-04081701/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korob-pryamougd-butylki-fuga-04081704/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-aps-04082557/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-dlya-rulki-ppwood-04090421/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-pryamougd-bufetnoy-stancii-pintinox-04091016/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podachi-na-nozhkah-bauscher-04091127/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podachi-na-nozhkah-bauscher-04091128/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-vafelnyh-stakanchikov-paderno-04141302/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-vafelnstakanchikov-paderno-04141337/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-s-moreproduk-eternum-04141524/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-buterbrodov-na-7sht-aps-04141529/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-buterbrodov-na-6sht-aps-04141530/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podveshivaniya-kolbas-sosisok-aps-04141531/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-shampurov-aps-04141532/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-buterbrodov-na-3sht-aps-04141554/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-buterbrodov-na-4sht-aps-04141555/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-art-84924-84943-aps-04141567/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-art-84923-84944-aps-04141568/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-vafelnyh-stakanchikov-matfer-04146369/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-vafelnyh-stakanchikov-4-yacheyki-matfer-04146574/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-vafelnyh-stakanchikov-4-yacheyki-matfer-04146575/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/displey-d-mindalnogo-pechenya-5-ryadov-matfer-04147214/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-maffinov-matfer-04147806/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/displey-d-mindalnogo-pechenya-7-ryadov-matfer-04149979/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150154/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-ilsa-04150161/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-paderno-04150163/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-shashlyka-4shampura-paderno-04150175/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-hamona-paderno-04150176/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-salatnika-dvoynoy-d-art-11595-aps-04150204/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150215/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150216/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosa-aps-04150219/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-gastr-tey-1-1-aps-04150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-steelite-04150610/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-steelite-04150613/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-steelite-04150614/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-steelite-04150618/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-aps-04150652/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04150660/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04150661/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-vysokaya-pintinox-04150672/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-pintinox-04150673/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04150876/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04150877/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-s-ohlazhdeniem-pintinox-04151303/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-zakusok-pintinox-04151307/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-12-yu-farforovymi-salatnikami-pintinox-04151309/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-ppwood-04151316/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151318/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151319/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151320/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151322/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151327/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151328/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151329/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151330/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151333/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151334/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151335/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151336/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151337/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151338/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151339/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151340/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151341/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151342/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151343/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151344/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151346/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podstavok-furshetnyh-revol-04151347/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151348/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151349/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151353/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151354/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151355/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151356/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151357/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151358/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151359/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151368/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151369/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnaya-vitrina-na-1-gn-1-1-ili-2-gn-1-2-aps-07040103/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnaya-vitrina-na-3-gn-1-2-aps-07040104/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-na-3-emkosti-aps-09100656/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-hold-02124223/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-ppwood-04151325/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vitrina-dlya-vykladki-craster-03177239/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-ppwood-04151321/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-craster-03081745/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-cosy-and-trendy-03081751/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tako-ppwood-03025256/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-bufetnaya-aps-04151384/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-butylok-eternum-02124283/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03081753/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ppwood-09104050/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-ppwood-09104051/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-pasabahce-03080960/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-dlya-stancii-bufetnoy-pintinox-04014942/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-dlya-stancii-bufetnoy-pintinox-04014943/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/baza-dlya-stancii-bufetnoy-pintinox-04014941/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-torta-aps-03081759/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151389/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151388/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151387/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-aps-04151390/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-tognana-04151391/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L318"/>
+  <dimension ref="A1:L323"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I318" sqref="I318"/>
+      <selection activeCell="I323" sqref="I323"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -13722,268 +13884,268 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D10" s="0">
         <v>30333</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" s="0">
         <v>11599</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>95</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>99</v>
@@ -14306,83 +14468,83 @@
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>150</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>146</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>151</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>146</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>161</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>162</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>24</v>
       </c>
@@ -14454,51 +14616,51 @@
         <v>25</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L32" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>174</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>175</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C34" s="0" t="s">
@@ -14632,9066 +14794,9224 @@
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D38" s="0">
         <v>11892</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D39" s="0">
         <v>11598</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>197</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>102</v>
+        <v>198</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D40" s="0">
         <v>11446</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D41" s="0">
         <v>11854</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D42" s="0">
         <v>11795</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D43" s="0">
         <v>33232</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D44" s="0">
         <v>11555</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D45" s="0">
         <v>11498</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>135</v>
+        <v>217</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D46" s="0">
         <v>11499</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D47" s="0">
         <v>11893</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L49" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>49</v>
+        <v>234</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>50</v>
+        <v>235</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>157</v>
+        <v>68</v>
       </c>
       <c r="L50" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>13385</v>
+        <v>242</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>243</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>34</v>
+        <v>245</v>
       </c>
       <c r="L51" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>247</v>
+      </c>
+      <c r="D52" s="0">
+        <v>13385</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F52" s="0"/>
+      <c r="F52" s="0" t="s">
+        <v>248</v>
+      </c>
       <c r="G52" s="0" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L52" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L53" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-        <v>13504543</v>
+        <v>255</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>256</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>256</v>
+        <v>34</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="D55" s="0" t="s">
         <v>259</v>
       </c>
+      <c r="D55" s="0">
+        <v>13504543</v>
+      </c>
       <c r="E55" s="0" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F55" s="0"/>
+        <v>260</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>261</v>
+      </c>
       <c r="G55" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>67</v>
+        <v>263</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>108</v>
+        <v>16</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>34</v>
+        <v>135</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>107</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>107</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="F59" s="0"/>
+        <v>106</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>107</v>
+      </c>
       <c r="G59" s="0" t="s">
-        <v>155</v>
+        <v>108</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>16</v>
+        <v>156</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>157</v>
+        <v>34</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>157</v>
+        <v>245</v>
       </c>
       <c r="L61" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C62" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="E62" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="D62" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>19</v>
+        <v>245</v>
       </c>
       <c r="L62" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="F63" s="0"/>
+        <v>297</v>
+      </c>
+      <c r="F63" s="0" t="s">
+        <v>298</v>
+      </c>
       <c r="G63" s="0" t="s">
-        <v>155</v>
+        <v>100</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>157</v>
+        <v>64</v>
       </c>
       <c r="L63" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="L65" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C67" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="E67" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="F67" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="D67" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L67" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>23</v>
+        <v>283</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L68" s="0"/>
+      <c r="L68" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>421503</v>
+        <v>322</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>323</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>320</v>
+        <v>23</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L69" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L69" s="0"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D70" s="0">
-        <v>421505</v>
+        <v>421503</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D71" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="D71" s="0">
+        <v>421505</v>
+      </c>
+      <c r="E71" s="0" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>329</v>
+        <v>34</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>34</v>
+        <v>336</v>
       </c>
       <c r="L72" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>83891</v>
+        <v>338</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>339</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>49</v>
+        <v>283</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L73" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D74" s="0">
-        <v>83893</v>
+        <v>83891</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D75" s="0">
-        <v>83890</v>
+        <v>83893</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>348</v>
+      </c>
+      <c r="D76" s="0">
+        <v>83890</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L76" s="0"/>
+      <c r="L76" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>354</v>
+        <v>297</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>355</v>
+        <v>298</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>356</v>
+        <v>100</v>
       </c>
       <c r="H78" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>19</v>
+        <v>358</v>
       </c>
       <c r="L78" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>359</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>360</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>361</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="L79" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="E80" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="F80" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="G80" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="D80" s="0" t="s">
+      <c r="H80" s="0" t="s">
         <v>365</v>
       </c>
-      <c r="E80" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I80" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>367</v>
+        <v>19</v>
       </c>
       <c r="L80" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>65293</v>
+        <v>372</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>373</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="L81" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D82" s="0">
-        <v>65417</v>
+        <v>65293</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>373</v>
+        <v>363</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>24</v>
+        <v>364</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>133</v>
+        <v>365</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>34</v>
+        <v>378</v>
       </c>
       <c r="L82" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="D83" s="0">
-        <v>60169</v>
+        <v>65417</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L83" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="D84" s="0">
-        <v>83892</v>
+        <v>62938</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F84" s="0"/>
+        <v>362</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>381</v>
+      </c>
       <c r="G84" s="0" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L84" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="D85" s="0">
-        <v>11442</v>
+        <v>60169</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F85" s="0"/>
+        <v>362</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>388</v>
+      </c>
       <c r="G85" s="0" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L85" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="D86" s="0">
-        <v>11433</v>
+        <v>83892</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>11438</v>
+        <v>394</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>395</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>390</v>
+        <v>133</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="D88" s="0">
-        <v>51270700</v>
+        <v>11442</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D89" s="0">
-        <v>11432</v>
+        <v>11433</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D90" s="0">
-        <v>11455</v>
+        <v>11438</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="D91" s="0">
-        <v>33246</v>
+        <v>51270700</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F91" s="0"/>
+        <v>84</v>
+      </c>
+      <c r="F91" s="0" t="s">
+        <v>410</v>
+      </c>
       <c r="G91" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L91" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="D92" s="0">
-        <v>11526</v>
+        <v>11455</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>25</v>
+        <v>405</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>34</v>
+        <v>152</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="D93" s="0">
-        <v>51013860</v>
+        <v>33246</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="L93" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="D94" s="0">
-        <v>11529</v>
+        <v>11526</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="D95" s="0">
-        <v>11527</v>
+        <v>51013860</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>34</v>
+        <v>407</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="D96" s="0">
-        <v>681501</v>
+        <v>11529</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>320</v>
+        <v>49</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>133</v>
+        <v>25</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="D97" s="0">
-        <v>15311</v>
+        <v>11527</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>133</v>
+        <v>25</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L97" s="0"/>
+      <c r="L97" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>431</v>
+      </c>
+      <c r="D98" s="0">
+        <v>681501</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>23</v>
+        <v>327</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L98" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="L98" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>431</v>
+        <v>434</v>
+      </c>
+      <c r="D99" s="0">
+        <v>15311</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>139</v>
+        <v>49</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>141</v>
+        <v>50</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L99" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>67433</v>
+        <v>437</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>438</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L100" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L101" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D102" s="0">
-        <v>67476</v>
+        <v>67433</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>435</v>
+        <v>446</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L102" s="0"/>
+      <c r="L102" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>2453205</v>
+        <v>449</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>450</v>
       </c>
       <c r="E103" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="F103" s="0" t="s">
         <v>446</v>
       </c>
-      <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>357</v>
+        <v>133</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L103" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>453</v>
+      </c>
+      <c r="D104" s="0">
+        <v>67476</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>453</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>290</v>
+        <v>362</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>291</v>
+        <v>458</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>96456</v>
+        <v>461</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>462</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="F106" s="0"/>
+        <v>297</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>298</v>
+      </c>
       <c r="G106" s="0" t="s">
-        <v>460</v>
+        <v>100</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>34</v>
+        <v>464</v>
       </c>
       <c r="L106" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D107" s="0">
-        <v>8389.1</v>
+        <v>96456</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>24</v>
+        <v>467</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L107" s="0"/>
+      <c r="L107" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D108" s="0">
-        <v>8390.1</v>
+        <v>8389.1</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L108" s="0"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C109" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="D109" s="0">
+        <v>8390.1</v>
+      </c>
+      <c r="E109" s="0" t="s">
         <v>471</v>
-      </c>
-[...4 lines deleted...]
-        <v>464</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>472</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>357</v>
+        <v>133</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L109" s="0"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>478</v>
+      </c>
+      <c r="D110" s="0">
+        <v>6975.1</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>479</v>
+        <v>24</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>133</v>
+        <v>365</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>480</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>481</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>482</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>483</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L111" s="0"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="E112" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="F112" s="0" t="s">
         <v>485</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="G112" s="0" t="s">
         <v>486</v>
-      </c>
-[...10 lines deleted...]
-        <v>479</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L112" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L112" s="0"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L113" s="0"/>
+      <c r="L113" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L115" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="L115" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>357</v>
+        <v>133</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L116" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L116" s="0"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L117" s="0"/>
+      <c r="L117" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L118" s="0"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>33296</v>
+        <v>517</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>518</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>49</v>
+        <v>484</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>515</v>
+        <v>485</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>50</v>
+        <v>486</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>133</v>
+        <v>365</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L119" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L119" s="0"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="D120" s="0">
-        <v>33297</v>
+        <v>33296</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="D121" s="0">
-        <v>33292</v>
+        <v>33297</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="D122" s="0">
-        <v>33293</v>
+        <v>33292</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>531</v>
+      </c>
+      <c r="D123" s="0">
+        <v>33293</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="F123" s="0"/>
+        <v>49</v>
+      </c>
+      <c r="F123" s="0" t="s">
+        <v>522</v>
+      </c>
       <c r="G123" s="0" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L123" s="0"/>
+      <c r="L123" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>536</v>
+        <v>24</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>537</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>539</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="D125" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="D125" s="0" t="s">
+      <c r="E125" s="0" t="s">
         <v>541</v>
       </c>
-      <c r="E125" s="0" t="s">
+      <c r="F125" s="0" t="s">
         <v>542</v>
       </c>
-      <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>45</v>
+        <v>543</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="L125" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>33294</v>
+        <v>546</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>547</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>133</v>
+        <v>25</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L126" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>551</v>
+      </c>
+      <c r="D127" s="0">
+        <v>33294</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>550</v>
+        <v>49</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>551</v>
+        <v>522</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>552</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>553</v>
+        <v>34</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>554</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="D128" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="D128" s="0" t="s">
+      <c r="E128" s="0" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>557</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>558</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>559</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
         <v>560</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>561</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>562</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>161</v>
+        <v>556</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>162</v>
+        <v>563</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L129" s="0"/>
+        <v>565</v>
+      </c>
+      <c r="L129" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>83</v>
+        <v>161</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>567</v>
+        <v>162</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>11516</v>
+        <v>571</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>572</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F131" s="0"/>
+        <v>84</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>573</v>
+      </c>
       <c r="G131" s="0" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="D132" s="0">
-        <v>11541</v>
+        <v>11516</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L132" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D133" s="0">
-        <v>11543</v>
+        <v>11541</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>580</v>
+        <v>582</v>
+      </c>
+      <c r="D134" s="0">
+        <v>11543</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>581</v>
+        <v>49</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>99</v>
+        <v>587</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>135</v>
+        <v>34</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L137" s="0"/>
+        <v>593</v>
+      </c>
+      <c r="L137" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L138" s="0"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L139" s="0"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
+      <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
-      <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L141" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L141" s="0"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L142" s="0"/>
+      <c r="L142" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-        <v>51136800</v>
+        <v>619</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>620</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L143" s="0"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-        <v>621</v>
+        <v>623</v>
+      </c>
+      <c r="D144" s="0">
+        <v>51136800</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="F144" s="0"/>
+        <v>84</v>
+      </c>
+      <c r="F144" s="0" t="s">
+        <v>410</v>
+      </c>
       <c r="G144" s="0" t="s">
-        <v>108</v>
+        <v>24</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L144" s="0"/>
+        <v>102</v>
+      </c>
+      <c r="L144" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L145" s="0"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-        <v>51130930</v>
+        <v>634</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>635</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L147" s="0"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="D148" s="0">
-        <v>51130950</v>
+        <v>51130930</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G148" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D149" s="0">
-        <v>51132820</v>
+        <v>51130950</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D150" s="0">
-        <v>51132700</v>
+        <v>51132820</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="D151" s="0">
-        <v>51133900</v>
+        <v>51132700</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D152" s="0">
-        <v>51131055</v>
+        <v>51133900</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="D153" s="0">
-        <v>51131056</v>
+        <v>51131055</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-        <v>654</v>
+        <v>656</v>
+      </c>
+      <c r="D154" s="0">
+        <v>51131056</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L155" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="L156" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>51132840</v>
+        <v>666</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>667</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D158" s="0">
-        <v>51136900</v>
+        <v>51132840</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D159" s="0">
-        <v>51133100</v>
+        <v>51136900</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G159" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="D160" s="0">
-        <v>51132830</v>
+        <v>51133100</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>679</v>
+      </c>
+      <c r="D161" s="0">
+        <v>51132830</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L161" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D162" s="0">
         <v>51132900</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="L162" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="D163" s="0">
         <v>97150754</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G163" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>684</v>
+        <v>593</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="D164" s="0">
         <v>51130940</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>127</v>
+        <v>407</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D166" s="0">
         <v>51131057</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L170" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D171" s="0">
         <v>14941</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L171" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D172" s="0">
         <v>51131058</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>127</v>
+        <v>407</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L173" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D175" s="0">
         <v>51270204</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L175" s="0"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D176" s="0">
         <v>12941</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L176" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L177" s="0"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L178" s="0"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L179" s="0"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="D180" s="0">
         <v>51271006</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L180" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D181" s="0">
         <v>11505</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L181" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="D183" s="0">
         <v>14970</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="G183" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L183" s="0"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L184" s="0"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L185" s="0"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L186" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L187" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L188" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L189" s="0"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L190" s="0"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L191" s="0"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L192" s="0"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L193" s="0"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L194" s="0"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H195" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L195" s="0"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L196" s="0"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="B197" s="0" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="D197" s="0">
         <v>51131054</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L197" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D198" s="0">
         <v>33280</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H198" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L198" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D199" s="0">
         <v>33281</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="G199" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L199" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D200" s="0">
         <v>15514</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="G200" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H200" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>135</v>
+        <v>34</v>
       </c>
       <c r="L200" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D201" s="0">
         <v>33285</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H201" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L201" s="0"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D202" s="0">
         <v>33306</v>
       </c>
       <c r="E202" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F202" s="0" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="G202" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H202" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
-        <v>559</v>
+        <v>358</v>
       </c>
       <c r="L202" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="D203" s="0">
         <v>33307</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H203" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>91</v>
+        <v>836</v>
       </c>
       <c r="L203" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L204" s="0"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L205" s="0"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="D206" s="0">
         <v>11645</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="G206" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L206" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F207" s="0"/>
       <c r="G207" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L207" s="0"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F208" s="0"/>
       <c r="G208" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L208" s="0"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F209" s="0"/>
       <c r="G209" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L209" s="0"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F210" s="0"/>
       <c r="G210" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L210" s="0"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L211" s="0"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="D212" s="0">
         <v>33210</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L212" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="D213" s="0">
         <v>98120</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L213" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L214" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F215" s="0"/>
       <c r="G215" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L215" s="0"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D216" s="0">
         <v>613302</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L216" s="0"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>139</v>
       </c>
       <c r="F217" s="0"/>
       <c r="G217" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L217" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H218" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L218" s="0"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="D219" s="0">
         <v>11503</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L219" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L220" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L221" s="0"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H222" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L222" s="0"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C223" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="E223" s="0" t="s">
         <v>911</v>
-      </c>
-[...4 lines deleted...]
-        <v>908</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H223" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L223" s="0"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L224" s="0"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="D226" s="0">
         <v>3400</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H226" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="L226" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="D227" s="0">
         <v>11891</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H227" s="0" t="s">
         <v>146</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>929</v>
+        <v>68</v>
       </c>
       <c r="L227" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D228" s="0">
         <v>11889</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H228" s="0" t="s">
         <v>146</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L228" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="D229" s="0">
         <v>79553</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="D230" s="0">
         <v>75001</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L230" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="D231" s="0">
         <v>11887</v>
       </c>
       <c r="E231" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H231" s="0" t="s">
         <v>146</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L231" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="D232" s="0">
         <v>11969</v>
       </c>
       <c r="E232" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H232" s="0" t="s">
         <v>146</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="D233" s="0">
         <v>84928</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F233" s="0" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="G233" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H233" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L233" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="D234" s="0">
         <v>84927</v>
       </c>
       <c r="E234" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F234" s="0" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="G234" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H234" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L234" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D235" s="0">
         <v>670901</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L235" s="0"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="D236" s="0">
         <v>670920</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L236" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="D237" s="0">
         <v>670906</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L237" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="D238" s="0">
         <v>610561</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F238" s="0"/>
       <c r="G238" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H238" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L238" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="D239" s="0">
         <v>310717</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F239" s="0"/>
       <c r="G239" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H239" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L239" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="D240" s="0">
         <v>610560</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H240" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L240" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D241" s="0">
         <v>74207</v>
       </c>
       <c r="E241" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H241" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L241" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="F242" s="0"/>
       <c r="G242" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H242" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
-        <v>34</v>
+        <v>979</v>
       </c>
       <c r="L242" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="E243" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H243" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L243" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="E244" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L244" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="E245" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L245" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D246" s="0">
         <v>11597</v>
       </c>
       <c r="E246" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L246" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="D247" s="0">
         <v>33269</v>
       </c>
       <c r="E247" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="L247" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D248" s="0">
         <v>33270</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F248" s="0"/>
       <c r="G248" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H248" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L248" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="D249" s="0">
         <v>33271</v>
       </c>
       <c r="E249" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F249" s="0"/>
       <c r="G249" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>1001</v>
+        <v>34</v>
       </c>
       <c r="L249" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="D250" s="0">
         <v>14953</v>
       </c>
       <c r="E250" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F250" s="0"/>
       <c r="G250" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>102</v>
+        <v>135</v>
       </c>
       <c r="L250" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>131</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="G251" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L251" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>131</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="G252" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L252" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>131</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="G253" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L253" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>131</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L254" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D255" s="0">
         <v>15504</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>102</v>
       </c>
       <c r="L255" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D256" s="0">
         <v>33255</v>
       </c>
       <c r="E256" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L256" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D257" s="0">
         <v>33256</v>
       </c>
       <c r="E257" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H257" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L257" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1032</v>
-[...2 lines deleted...]
-        <v>11607</v>
+        <v>1034</v>
+      </c>
+      <c r="D258" s="0" t="s">
+        <v>1035</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H258" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1033</v>
+        <v>601</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L258" s="0"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H259" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>595</v>
+        <v>85</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L259" s="0"/>
+      <c r="L259" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1038</v>
-[...2 lines deleted...]
-        <v>1039</v>
+        <v>1040</v>
+      </c>
+      <c r="D260" s="0">
+        <v>15620</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="F260" s="0"/>
+        <v>49</v>
+      </c>
+      <c r="F260" s="0" t="s">
+        <v>522</v>
+      </c>
       <c r="G260" s="0" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="H260" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>84</v>
+        <v>1041</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L260" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="D261" s="0">
-        <v>15620</v>
+        <v>15621</v>
       </c>
       <c r="E261" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="G261" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L261" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D262" s="0">
-        <v>15621</v>
+        <v>51270306</v>
       </c>
       <c r="E262" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L262" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L262" s="0"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D263" s="0">
-        <v>51270306</v>
+        <v>51274700</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="F263" s="0"/>
+        <v>84</v>
+      </c>
+      <c r="F263" s="0" t="s">
+        <v>410</v>
+      </c>
       <c r="G263" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L263" s="0"/>
+      <c r="L263" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="D264" s="0">
-        <v>51274700</v>
+        <v>51270212</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F264" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G264" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>1053</v>
-[...2 lines deleted...]
-        <v>51270212</v>
+        <v>1055</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>1056</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="F265" s="0"/>
       <c r="G265" s="0" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H265" s="0" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L265" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>1056</v>
-[...2 lines deleted...]
-        <v>1057</v>
+        <v>1059</v>
+      </c>
+      <c r="D266" s="0">
+        <v>15623</v>
       </c>
       <c r="E266" s="0" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F266" s="0"/>
+        <v>49</v>
+      </c>
+      <c r="F266" s="0" t="s">
+        <v>522</v>
+      </c>
       <c r="G266" s="0" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H266" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>591</v>
+        <v>34</v>
       </c>
       <c r="L266" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="D267" s="0">
-        <v>15623</v>
+        <v>33261</v>
       </c>
       <c r="E267" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>515</v>
+        <v>1063</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H267" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L267" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="D268" s="0">
-        <v>33261</v>
+        <v>33262</v>
       </c>
       <c r="E268" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F268" s="0" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="G268" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L268" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D269" s="0">
-        <v>33262</v>
+        <v>84926</v>
       </c>
       <c r="E269" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>1064</v>
+        <v>949</v>
       </c>
       <c r="G269" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H269" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="L269" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1070</v>
-[...2 lines deleted...]
-        <v>84926</v>
+        <v>1072</v>
+      </c>
+      <c r="D270" s="0" t="s">
+        <v>1073</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="F270" s="0"/>
       <c r="G270" s="0" t="s">
-        <v>50</v>
+        <v>108</v>
       </c>
       <c r="H270" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L270" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L270" s="0"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F271" s="0"/>
       <c r="G271" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L271" s="0"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="E272" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F272" s="0"/>
       <c r="G272" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L272" s="0"/>
+      <c r="L272" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F273" s="0"/>
       <c r="G273" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L273" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L273" s="0"/>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="E274" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F274" s="0"/>
       <c r="G274" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L274" s="0"/>
+      <c r="L274" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="E275" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F275" s="0"/>
       <c r="G275" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L275" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L275" s="0"/>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="E276" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L276" s="0"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L277" s="0"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F278" s="0"/>
       <c r="G278" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H278" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L278" s="0"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H279" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L279" s="0"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H280" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L280" s="0"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H281" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L281" s="0"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H282" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L282" s="0"/>
+      <c r="L282" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F283" s="0"/>
       <c r="G283" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H283" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L283" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L283" s="0"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F284" s="0"/>
       <c r="G284" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H284" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L284" s="0"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F285" s="0"/>
       <c r="G285" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H285" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L285" s="0"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F286" s="0"/>
       <c r="G286" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H286" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L286" s="0"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-        <v>1138</v>
+        <v>1140</v>
+      </c>
+      <c r="D287" s="0">
+        <v>650678</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="F287" s="0"/>
+        <v>189</v>
+      </c>
+      <c r="F287" s="0" t="s">
+        <v>1141</v>
+      </c>
       <c r="G287" s="0" t="s">
-        <v>108</v>
+        <v>16</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L287" s="0"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-        <v>650678</v>
+        <v>1144</v>
+      </c>
+      <c r="D288" s="0" t="s">
+        <v>1145</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
-        <v>16</v>
+        <v>108</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L288" s="0"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L289" s="0"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F290" s="0"/>
       <c r="G290" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L290" s="0"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F291" s="0"/>
       <c r="G291" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H291" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L291" s="0"/>
+      <c r="L291" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1157</v>
-[...2 lines deleted...]
-        <v>1158</v>
+        <v>1160</v>
+      </c>
+      <c r="D292" s="0">
+        <v>33282</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="F292" s="0"/>
+        <v>49</v>
+      </c>
+      <c r="F292" s="0" t="s">
+        <v>949</v>
+      </c>
       <c r="G292" s="0" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="H292" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L292" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="D293" s="0">
-        <v>33282</v>
+        <v>11712</v>
       </c>
       <c r="E293" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F293" s="0" t="s">
-        <v>947</v>
+        <v>1164</v>
       </c>
       <c r="G293" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H293" s="0" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L293" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="D294" s="0">
-        <v>11712</v>
+        <v>15506</v>
       </c>
       <c r="E294" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F294" s="0" t="s">
-        <v>1165</v>
+        <v>824</v>
       </c>
       <c r="G294" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H294" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="L294" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="D295" s="0">
-        <v>15506</v>
+        <v>15503</v>
       </c>
       <c r="E295" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F295" s="0" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="G295" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H295" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L295" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-        <v>15503</v>
+        <v>1173</v>
+      </c>
+      <c r="D296" s="0" t="s">
+        <v>1174</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
-        <v>50</v>
+        <v>108</v>
       </c>
       <c r="H296" s="0" t="s">
         <v>25</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L296" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L296" s="0"/>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-        <v>1175</v>
+        <v>1177</v>
+      </c>
+      <c r="D297" s="0">
+        <v>11711</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="F297" s="0"/>
+        <v>49</v>
+      </c>
+      <c r="F297" s="0" t="s">
+        <v>1164</v>
+      </c>
       <c r="G297" s="0" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="H297" s="0" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1176</v>
+        <v>1165</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L297" s="0"/>
+      <c r="L297" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="D298" s="0">
-        <v>11711</v>
+        <v>15505</v>
       </c>
       <c r="E298" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>1165</v>
+        <v>824</v>
       </c>
       <c r="G298" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H298" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L298" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D299" s="0">
-        <v>15505</v>
+        <v>98130</v>
       </c>
       <c r="E299" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="F299" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F299" s="0"/>
       <c r="G299" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H299" s="0" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L299" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="D300" s="0">
-        <v>98130</v>
+        <v>98132</v>
       </c>
       <c r="E300" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F300" s="0"/>
       <c r="G300" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H300" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="L300" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="D301" s="0">
-        <v>98132</v>
+        <v>11444</v>
       </c>
       <c r="E301" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F301" s="0"/>
       <c r="G301" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H301" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="L301" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-        <v>11444</v>
+        <v>1191</v>
+      </c>
+      <c r="D302" s="0" t="s">
+        <v>1192</v>
       </c>
       <c r="E302" s="0" t="s">
-        <v>49</v>
+        <v>1193</v>
       </c>
       <c r="F302" s="0"/>
       <c r="G302" s="0" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H302" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="L302" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
-      <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="E303" s="0" t="s">
-        <v>1194</v>
+        <v>99</v>
       </c>
       <c r="F303" s="0"/>
       <c r="G303" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H303" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L303" s="0"/>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="B304" s="0" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>99</v>
+        <v>587</v>
       </c>
       <c r="F304" s="0"/>
       <c r="G304" s="0" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="H304" s="0" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L304" s="0"/>
+      <c r="L304" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="B305" s="0" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>581</v>
+        <v>99</v>
       </c>
       <c r="F305" s="0"/>
       <c r="G305" s="0" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="H305" s="0" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L305" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="B306" s="0" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="E306" s="0" t="s">
-        <v>99</v>
+        <v>587</v>
       </c>
       <c r="F306" s="0"/>
       <c r="G306" s="0" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="H306" s="0" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L306" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
+      <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1209</v>
-[...2 lines deleted...]
-        <v>1210</v>
+        <v>1212</v>
+      </c>
+      <c r="D307" s="0">
+        <v>4188032</v>
       </c>
       <c r="E307" s="0" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="F307" s="0"/>
+        <v>1213</v>
+      </c>
+      <c r="F307" s="0" t="s">
+        <v>1214</v>
+      </c>
       <c r="G307" s="0" t="s">
-        <v>108</v>
+        <v>141</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1211</v>
+        <v>480</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>34</v>
+        <v>1215</v>
       </c>
       <c r="L307" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1213</v>
-[...2 lines deleted...]
-        <v>4188032</v>
+        <v>1217</v>
+      </c>
+      <c r="D308" s="0" t="s">
+        <v>1218</v>
       </c>
       <c r="E308" s="0" t="s">
-        <v>1214</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="F308" s="0"/>
       <c r="G308" s="0" t="s">
-        <v>141</v>
+        <v>100</v>
       </c>
       <c r="H308" s="0" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>473</v>
+        <v>1219</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>1216</v>
+        <v>102</v>
       </c>
       <c r="L308" s="0">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1218</v>
-[...2 lines deleted...]
-        <v>1219</v>
+        <v>1221</v>
+      </c>
+      <c r="D309" s="0">
+        <v>30331</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F309" s="0"/>
+        <v>49</v>
+      </c>
+      <c r="F309" s="0" t="s">
+        <v>1222</v>
+      </c>
       <c r="G309" s="0" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="H309" s="0" t="s">
-        <v>146</v>
+        <v>25</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L309" s="0"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="D310" s="0">
-        <v>30331</v>
+        <v>15920</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>927</v>
+      </c>
+      <c r="F310" s="0"/>
       <c r="G310" s="0" t="s">
-        <v>16</v>
+        <v>141</v>
       </c>
       <c r="H310" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L310" s="0"/>
+        <v>979</v>
+      </c>
+      <c r="L310" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D311" s="0">
-        <v>15920</v>
+        <v>652</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>924</v>
+        <v>49</v>
       </c>
       <c r="F311" s="0"/>
       <c r="G311" s="0" t="s">
-        <v>141</v>
+        <v>50</v>
       </c>
       <c r="H311" s="0" t="s">
-        <v>17</v>
+        <v>133</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>538</v>
+        <v>34</v>
       </c>
       <c r="L311" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1229</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>1231</v>
+      </c>
+      <c r="D312" s="0" t="s">
+        <v>1232</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="F312" s="0"/>
       <c r="G312" s="0" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H312" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L312" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="E313" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H313" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L313" s="0"/>
+      <c r="L313" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="F314" s="0"/>
+        <v>297</v>
+      </c>
+      <c r="F314" s="0" t="s">
+        <v>298</v>
+      </c>
       <c r="G314" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H314" s="0" t="s">
         <v>133</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="L314" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L314" s="0"/>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
-      <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>290</v>
+        <v>84</v>
       </c>
       <c r="F315" s="0" t="s">
-        <v>291</v>
+        <v>573</v>
       </c>
       <c r="G315" s="0" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="H315" s="0" t="s">
-        <v>133</v>
+        <v>90</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L315" s="0"/>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="B316" s="0" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F316" s="0" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="G316" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L316" s="0"/>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="B317" s="0" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F317" s="0" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="G317" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H317" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L317" s="0"/>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
+      <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1252</v>
-[...2 lines deleted...]
-        <v>1253</v>
+        <v>1255</v>
+      </c>
+      <c r="D318" s="0">
+        <v>33295</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>567</v>
+        <v>522</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>24</v>
+        <v>1256</v>
       </c>
       <c r="H318" s="0" t="s">
-        <v>89</v>
+        <v>133</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
         <v>34</v>
       </c>
       <c r="L318" s="0"/>
+    </row>
+    <row r="319" spans="1:12" customHeight="1" ht="80">
+      <c r="A319" s="0"/>
+      <c r="B319" s="0" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C319" s="0" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D319" s="0">
+        <v>33249</v>
+      </c>
+      <c r="E319" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="F319" s="0" t="s">
+        <v>1260</v>
+      </c>
+      <c r="G319" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H319" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I319" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="J319" s="0"/>
+      <c r="K319" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="L319" s="0"/>
+    </row>
+    <row r="320" spans="1:12" customHeight="1" ht="80">
+      <c r="A320" s="0"/>
+      <c r="B320" s="0" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C320" s="0" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D320" s="0">
+        <v>33273</v>
+      </c>
+      <c r="E320" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="F320" s="0" t="s">
+        <v>1264</v>
+      </c>
+      <c r="G320" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H320" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I320" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="J320" s="0"/>
+      <c r="K320" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="L320" s="0"/>
+    </row>
+    <row r="321" spans="1:12" customHeight="1" ht="80">
+      <c r="A321" s="0"/>
+      <c r="B321" s="0" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C321" s="0" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D321" s="0">
+        <v>33272</v>
+      </c>
+      <c r="E321" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="F321" s="0" t="s">
+        <v>1264</v>
+      </c>
+      <c r="G321" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H321" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I321" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="J321" s="0"/>
+      <c r="K321" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="L321" s="0"/>
+    </row>
+    <row r="322" spans="1:12" customHeight="1" ht="80">
+      <c r="B322" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C322" s="0" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D322" s="0">
+        <v>14033</v>
+      </c>
+      <c r="E322" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="F322" s="0" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G322" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="H322" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I322" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="J322" s="0"/>
+      <c r="K322" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="L322" s="0"/>
+    </row>
+    <row r="323" spans="1:12" customHeight="1" ht="80">
+      <c r="B323" s="0" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C323" s="0" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D323" s="0" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E323" s="0" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F323" s="0" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G323" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H323" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="I323" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="J323" s="0"/>
+      <c r="K323" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="L323" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -23969,50 +24289,55 @@
     <hyperlink ref="B294" r:id="rId_hyperlink_293"/>
     <hyperlink ref="B295" r:id="rId_hyperlink_294"/>
     <hyperlink ref="B296" r:id="rId_hyperlink_295"/>
     <hyperlink ref="B297" r:id="rId_hyperlink_296"/>
     <hyperlink ref="B298" r:id="rId_hyperlink_297"/>
     <hyperlink ref="B299" r:id="rId_hyperlink_298"/>
     <hyperlink ref="B300" r:id="rId_hyperlink_299"/>
     <hyperlink ref="B301" r:id="rId_hyperlink_300"/>
     <hyperlink ref="B302" r:id="rId_hyperlink_301"/>
     <hyperlink ref="B303" r:id="rId_hyperlink_302"/>
     <hyperlink ref="B304" r:id="rId_hyperlink_303"/>
     <hyperlink ref="B305" r:id="rId_hyperlink_304"/>
     <hyperlink ref="B306" r:id="rId_hyperlink_305"/>
     <hyperlink ref="B307" r:id="rId_hyperlink_306"/>
     <hyperlink ref="B308" r:id="rId_hyperlink_307"/>
     <hyperlink ref="B309" r:id="rId_hyperlink_308"/>
     <hyperlink ref="B310" r:id="rId_hyperlink_309"/>
     <hyperlink ref="B311" r:id="rId_hyperlink_310"/>
     <hyperlink ref="B312" r:id="rId_hyperlink_311"/>
     <hyperlink ref="B313" r:id="rId_hyperlink_312"/>
     <hyperlink ref="B314" r:id="rId_hyperlink_313"/>
     <hyperlink ref="B315" r:id="rId_hyperlink_314"/>
     <hyperlink ref="B316" r:id="rId_hyperlink_315"/>
     <hyperlink ref="B317" r:id="rId_hyperlink_316"/>
     <hyperlink ref="B318" r:id="rId_hyperlink_317"/>
+    <hyperlink ref="B319" r:id="rId_hyperlink_318"/>
+    <hyperlink ref="B320" r:id="rId_hyperlink_319"/>
+    <hyperlink ref="B321" r:id="rId_hyperlink_320"/>
+    <hyperlink ref="B322" r:id="rId_hyperlink_321"/>
+    <hyperlink ref="B323" r:id="rId_hyperlink_322"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>