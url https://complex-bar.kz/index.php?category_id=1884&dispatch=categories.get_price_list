--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,131 +74,122 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Этажерка 3 яруса 24х32х42см для фруктов;сталь;,H=42см;металлич.</t>
   </si>
   <si>
     <t>03080315</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Трехъярусные этажерки</t>
   </si>
   <si>
     <t>182119.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Этажерка «Клиа» 3 яруса 22х27х32см для фруктов;стекло;,H=42см;матовый,металлич.</t>
-[...2 lines deleted...]
-    <t>03080320</t>
+    <t>Этажерка 3 яруса D=14см для орешков;сталь;,H=33,L=31см;металлич.</t>
+  </si>
+  <si>
+    <t>03080327</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>48122.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Кунстверк» 3 яруса 18х22х28см;фарфор,сталь;,H=42см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>03080345</t>
+  </si>
+  <si>
+    <t>A7017</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>11291.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Кунстверк» 3 яруса квадратная 16х19х25см;фарфор,сталь;,H=42см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>03080346</t>
+  </si>
+  <si>
+    <t>A6478/9/80</t>
+  </si>
+  <si>
+    <t>14889.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Этажерка «Квадри» 3 яруса 20х25х30см;сталь;,H=51,L=33,B=33см;металлич.</t>
+  </si>
+  <si>
+    <t>03080355</t>
+  </si>
+  <si>
+    <t>13680000ICV</t>
+  </si>
+  <si>
+    <t>Quadri</t>
+  </si>
+  <si>
+    <t>70690.00₸</t>
+  </si>
+  <si>
+    <t>Этажерка «Клиа» 3 яруса 22х26х32см;стекло,сталь;,H=45см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03080358</t>
   </si>
   <si>
     <t>Lux</t>
   </si>
   <si>
     <t>Clear</t>
   </si>
   <si>
-    <t>ИТАЛИЯ</t>
-[...67 lines deleted...]
-  <si>
     <t>47687.00₸</t>
   </si>
   <si>
     <t>Этажерка для торта 3 яруса 20х26х32см;алюмин.;,H=38см;металлич.</t>
   </si>
   <si>
     <t>03080361</t>
   </si>
   <si>
     <t>47100-03</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>76523.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса 30х40х50см;полиротанг,сталь;,H=63,L=50,5см;св.корич.</t>
   </si>
   <si>
     <t>03080363</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
@@ -233,95 +224,104 @@
   <si>
     <t>Palladio</t>
   </si>
   <si>
     <t>39894.00₸</t>
   </si>
   <si>
     <t>Этажерка «Проотель» 3 яруса 30х40х50см;сталь нерж.;,H=51см;металлич.</t>
   </si>
   <si>
     <t>03080388</t>
   </si>
   <si>
     <t>CKST3</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>59598.00₸</t>
   </si>
   <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Этажерка «Проотель» 3 яруса 21х26х31см;сталь нерж.;,H=36см;металлич.</t>
+  </si>
+  <si>
+    <t>03080391</t>
+  </si>
+  <si>
+    <t>CKST10</t>
+  </si>
+  <si>
+    <t>28231.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Этажерка 3 яруса для квадратных тарелок;сталь хромир.;,H=57,5,L=37,5,B=37,5см</t>
+  </si>
+  <si>
+    <t>03080604</t>
+  </si>
+  <si>
+    <t>106617.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Этажерка «Проотель» 3 яруса 21х26х31см;сталь нерж.;,H=36см;металлич.</t>
-[...19 lines deleted...]
-  <si>
     <t>Этажерка 3 яруса для тарелок;металл,хромирован.;D=10,5/17,H=26,L=18,5,B=15,5см;металлич.</t>
   </si>
   <si>
     <t>03080612</t>
   </si>
   <si>
     <t>32046.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Этажерка 3 яруса для тарелок;металл,хромирован.;D=18/27,H=43,L=29,B=19,5см;металлич.</t>
   </si>
   <si>
     <t>03080621</t>
   </si>
   <si>
     <t>51352.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Этажерка «Фул мун» 3 яруса 15х21х28см;алюмин.,стекло;,H=33см;прозр.,металлич.</t>
   </si>
   <si>
     <t>03080640</t>
   </si>
   <si>
     <t>60989EM</t>
   </si>
   <si>
     <t>Vidivi</t>
   </si>
   <si>
     <t>Full Moon</t>
   </si>
   <si>
     <t>41018.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса клен;дерево;,H=50,L=53,B=21см;св. дерево</t>
   </si>
   <si>
     <t>03080657</t>
   </si>
   <si>
     <t>163618.00₸</t>
@@ -338,51 +338,51 @@
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Этажерка 3 яруса 20х25х30см;поликарбонат;,H=39см</t>
   </si>
   <si>
     <t>03080709</t>
   </si>
   <si>
     <t>26880000PCV</t>
   </si>
   <si>
     <t>66528.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса 20х25х30;сланец натур.,дерево;,H=34см</t>
   </si>
   <si>
     <t>03080719</t>
   </si>
   <si>
     <t>00960</t>
   </si>
   <si>
-    <t>40841.00₸</t>
+    <t>48618.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса 20х25х30см;стекло,сталь нерж.;,H=42см</t>
   </si>
   <si>
     <t>03080720</t>
   </si>
   <si>
     <t>13912025IVV</t>
   </si>
   <si>
     <t>20145.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса с тарелками;стекло;D=12,H=33,L=13,B=13см;серый</t>
   </si>
   <si>
     <t>03080734</t>
   </si>
   <si>
     <t>XGLAS-7712</t>
   </si>
   <si>
     <t>Pordamsa</t>
   </si>
@@ -503,96 +503,93 @@
   <si>
     <t>04150627</t>
   </si>
   <si>
     <t>58228.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса для тарелок;металл,хромирован.;D=10,5/17,H=26,L=18,5,B=15,5см;медный</t>
   </si>
   <si>
     <t>04150637</t>
   </si>
   <si>
     <t>32781.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Этажерка 3 яруса для тарелок;металл,хромирован.;D=10,5/17,H=25,5,L=22,5,B=16,6см;металлич.</t>
   </si>
   <si>
     <t>04150674</t>
   </si>
   <si>
-    <t>42658.00₸</t>
+    <t>44984.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса на 3 емкости;сталь;D=24,2,H=53,3см;черный</t>
   </si>
   <si>
     <t>04151331</t>
   </si>
   <si>
     <t>BU_RR6205</t>
   </si>
   <si>
     <t>392647.00₸</t>
   </si>
   <si>
     <t>Этажерка 3 яруса на 3 емкости;сталь нерж.;,H=55,3,L=24,2,B=21,8см;металлич.</t>
   </si>
   <si>
     <t>04151345</t>
   </si>
   <si>
     <t>BU_RR6105</t>
   </si>
   <si>
     <t>477932.00₸</t>
   </si>
   <si>
     <t>Этажерка «Вело» 3 яруса 32х25х20см;стекло,дерево;,H=30см;бронз.</t>
   </si>
   <si>
     <t>03081731</t>
   </si>
   <si>
     <t>BDK</t>
   </si>
   <si>
     <t>Velo</t>
   </si>
   <si>
     <t>ЧЕХИЯ</t>
   </si>
   <si>
     <t>41842.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>11 шт.</t>
   </si>
   <si>
     <t>03081732</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Этажерка 3 яруса;,H=30,L=57,5,B=17см;кофейн.</t>
   </si>
   <si>
     <t>03080668</t>
   </si>
   <si>
     <t>518C0008</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>201687.00₸</t>
   </si>
 </sst>
 </file>
 
@@ -628,51 +625,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DF91-424C-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16FF6CA4-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C953-424D-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004771-424D-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB3EE-424D-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD6D-424D-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373CD-424E-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51474E01-EA55-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0071BC09-412D-11F0-BC48-0050569297EB9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111609E-424E-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AD-E3C4-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D8-424F-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C70-424F-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076948-4250-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11190E-4250-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AEDC-21B7-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE55-4252-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AD9C-21B7-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AE3C-21B7-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51474E02-EA55-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AC5C-21B7-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071D2-4254-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290EB0-21B7-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AB-E3C4-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3FB5758-0D94-11EC-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C92617B1-21B7-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DB642-FE3F-11ED-BC09-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C2AFFDE-3212-11EF-BC4C-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632AD76-3212-11EF-BC4C-00505692C44729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D47C98BA-21C3-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADAFF-F161-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54DDC-2223-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D9308-2223-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96101021-0D96-11EC-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B145D-CFDA-11ED-BC05-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1F8F-D795-11ED-BC05-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6C6B296-2935-11F0-BC54-00505692E2D037.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0C8A9EC-2935-11F0-BC54-00505692E2D038.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2F7DF91-424C-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C953-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004771-424D-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB3EE-424D-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD6D-424D-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373CD-424E-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51474E01-EA55-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0071BC09-412D-11F0-BC48-0050569297EB8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9111609E-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AD-E3C4-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E5D8-424F-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C70-424F-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8076948-4250-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11190E-4250-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AEDC-21B7-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE55-4252-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AD9C-21B7-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AE3C-21B7-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51474E02-EA55-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D536AC5C-21B7-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEA071D2-4254-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF290EB0-21B7-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C1698AB-E3C4-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3FB5758-0D94-11EC-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C92617B1-21B7-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DB642-FE3F-11ED-BC09-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C2AFFDE-3212-11EF-BC4C-00505692C44727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2632AD76-3212-11EF-BC4C-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D47C98BA-21C3-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ADAFF-F161-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDA54DDC-2223-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39D9308-2223-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96101021-0D96-11EC-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A6B145D-CFDA-11ED-BC05-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FDA1F8F-D795-11ED-BC05-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6C6B296-2935-11F0-BC54-00505692E2D036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0C8A9EC-2935-11F0-BC54-00505692E2D037.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1730,80 +1727,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2062,62 +2029,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080315/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-fruktov-3-h-yarusnaya-lux-03080320/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-oreshkov-3-yarusn-ilsa-03080327/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-kunstwerk-03080345/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-kvadr-d-des-kunstwerk-03080346/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080355/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-lux-03080358/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d20-26-32sm-paderno-03080361/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d30-40-50sm-aps-03080363/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-kv-d-des-kunstwerk-03080365/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-borgonovo-03080373/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-prohotel-03080388/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-prohotel-03080391/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-kvadrtarelok-aps-03080604/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080621/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-vidivi-03080640/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnfurshetnaya-aps-03080657/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnfurshetnaya-aps-03080658/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080709/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-aps-03080719/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080720/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-s-tarelkami-pordamsa-03080734/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pordamsa-03080736/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-rosenthal-03080738/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pordamsa-03081708/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-craster-03081720/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03081749/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177246/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-etazherka-3-h-yarusn-d-fruktov-aps-04080503/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosov-3-h-yarusn-aps-04150149/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-04150627/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-04150637/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tarelok-3-h-yarusn-aps-04150674/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151331/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151345/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-bdk-03081731/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-bdk-03081732/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-03080668/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080315/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-d-oreshkov-3-yarusn-ilsa-03080327/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-kunstwerk-03080345/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-kvadr-d-des-kunstwerk-03080346/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080355/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-lux-03080358/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d20-26-32sm-paderno-03080361/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d30-40-50sm-aps-03080363/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-kv-d-des-kunstwerk-03080365/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-borgonovo-03080373/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-prohotel-03080388/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-prohotel-03080391/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-kvadrtarelok-aps-03080604/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03080621/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-d-deserta-vidivi-03080640/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnfurshetnaya-aps-03080657/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnfurshetnaya-aps-03080658/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080709/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-aps-03080719/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-ilsa-03080720/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-3-h-yarusnaya-s-tarelkami-pordamsa-03080734/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pordamsa-03080736/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-rosenthal-03080738/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pordamsa-03081708/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-craster-03081720/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03081749/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-03177246/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-etazherka-3-h-yarusn-d-fruktov-aps-04080503/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-podnosov-3-h-yarusn-aps-04150149/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-04150627/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-aps-04150637/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-tarelok-3-h-yarusn-aps-04150674/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151331/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-furshetnaya-craster-04151345/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-bdk-03081731/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-bdk-03081732/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etazherka-pintinox-03080668/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L40"/>
+  <dimension ref="A1:L39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I40" sqref="I40"/>
+      <selection activeCell="I39" sqref="I39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2171,1318 +2138,1283 @@
         <v>15</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0">
-        <v>7250</v>
+        <v>12210320</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F3" s="0" t="s">
+      <c r="F3" s="0"/>
+      <c r="G3" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="G3" s="0" t="s">
+      <c r="H3" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I3" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="0" t="s">
+      <c r="D4" s="0" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>12210320</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="0"/>
+      <c r="F4" s="0" t="s">
+        <v>27</v>
+      </c>
       <c r="G4" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="L5" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="L6" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="D7" s="0">
+        <v>7362</v>
+      </c>
+      <c r="E7" s="0" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="D8" s="0">
-        <v>7362</v>
+      <c r="D8" s="0" t="s">
+        <v>46</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="F8" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" s="0"/>
+      <c r="G8" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="G8" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>50</v>
+      </c>
+      <c r="D9" s="0">
+        <v>34050</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>34050</v>
+        <v>54</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>55</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F10" s="0"/>
+        <v>27</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>27</v>
+      </c>
       <c r="G10" s="0" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="L10" s="0">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>59</v>
+      </c>
+      <c r="D11" s="0">
+        <v>13286846</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="L11" s="0">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>13286846</v>
+        <v>64</v>
+      </c>
+      <c r="D12" s="0" t="s">
+        <v>65</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="L12" s="0">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="E13" s="0" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="L13" s="0">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>76</v>
+      </c>
+      <c r="D14" s="0">
+        <v>33231</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="L14" s="0">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D15" s="0">
-        <v>33231</v>
+        <v>33215</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="L15" s="0">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D16" s="0">
-        <v>33215</v>
+        <v>33220</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="L16" s="0">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>33220</v>
+        <v>88</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>89</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F17" s="0"/>
+        <v>90</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>91</v>
+      </c>
       <c r="G17" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="L17" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>94</v>
+      </c>
+      <c r="D18" s="0">
+        <v>13966</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="L18" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D19" s="0">
-        <v>13966</v>
+        <v>14966</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>14966</v>
+        <v>101</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>102</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="F23" s="0"/>
+        <v>115</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>116</v>
+      </c>
       <c r="G23" s="0" t="s">
-        <v>15</v>
+        <v>117</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>117</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L24" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>54</v>
+        <v>117</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L26" s="0"/>
+      <c r="L26" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L27" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>141</v>
+      </c>
+      <c r="D28" s="0">
+        <v>14012</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="F28" s="0"/>
+        <v>14</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>142</v>
+      </c>
       <c r="G28" s="0" t="s">
-        <v>138</v>
+        <v>51</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L28" s="0"/>
+      <c r="L28" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D29" s="0">
-        <v>14012</v>
+        <v>14014</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>142</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D30" s="0">
-        <v>14014</v>
+        <v>33248</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D31" s="0">
-        <v>33248</v>
+        <v>33228</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D32" s="0">
-        <v>33228</v>
+        <v>33217</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D33" s="0">
-        <v>33217</v>
+        <v>33211</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>18</v>
+        <v>159</v>
       </c>
       <c r="L33" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D34" s="0">
-        <v>33211</v>
+        <v>33216</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>159</v>
+        <v>78</v>
       </c>
       <c r="L34" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>33216</v>
+        <v>164</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>165</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>54</v>
+        <v>138</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L35" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>137</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>138</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>172</v>
+      </c>
+      <c r="D37" s="0">
+        <v>5512050</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="F37" s="0"/>
+        <v>173</v>
+      </c>
+      <c r="F37" s="0" t="s">
+        <v>174</v>
+      </c>
       <c r="G37" s="0" t="s">
-        <v>138</v>
+        <v>175</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L37" s="0"/>
+      <c r="L37" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D38" s="0">
-        <v>5512050</v>
+        <v>5512030</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>173</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>174</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>175</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>176</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
-      <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>5512030</v>
+        <v>180</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>181</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>175</v>
+        <v>22</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>179</v>
-[...29 lines deleted...]
-      <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L40" s="0"/>
+      <c r="L39" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
-    <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>