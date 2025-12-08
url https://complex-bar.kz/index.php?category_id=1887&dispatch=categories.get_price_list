--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -112,98 +112,98 @@
   <si>
     <t>Термос с колбой;сталь,пластик;3,5л;,H=36,3,L=23,5,B=16,9см;серебрист.,черный</t>
   </si>
   <si>
     <t>03150621</t>
   </si>
   <si>
     <t>42406-35</t>
   </si>
   <si>
     <t>67722.00₸</t>
   </si>
   <si>
     <t>Термос с колбой;сталь,пластик;4л;,H=39,7,L=24,B=16см;серебрист.,черный</t>
   </si>
   <si>
     <t>03150622</t>
   </si>
   <si>
     <t>42406-40</t>
   </si>
   <si>
     <t>71241.00₸</t>
   </si>
   <si>
+    <t>Термос;сталь,пластик;1л;,H=18,7,L=17,B=13,9см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>03150623</t>
+  </si>
+  <si>
+    <t>42401-10</t>
+  </si>
+  <si>
+    <t>36190.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Термос с помпой;сталь,пластик;2,5л;D=16,H=33,L=24,B=16см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>03150624</t>
+  </si>
+  <si>
+    <t>11172500ICV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>35700.00₸</t>
+  </si>
+  <si>
+    <t>Термос с помпой;сталь,пластик;3,5л;,H=37,7,L=22,8,B=17,5см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>03150625</t>
+  </si>
+  <si>
+    <t>11173500ICV</t>
+  </si>
+  <si>
+    <t>70161.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Термос;сталь,пластик;1л;,H=18,7,L=17,B=13,9см;серебрист.,черный</t>
-[...43 lines deleted...]
-  <si>
     <t>Термос;сталь,пластик;2л;,H=25,7,L=17,B=13,5см;серебрист.,черный</t>
   </si>
   <si>
     <t>03150627</t>
   </si>
   <si>
     <t>42401-20</t>
   </si>
   <si>
     <t>40564.00₸</t>
   </si>
   <si>
     <t>Термос;сталь нерж.;2,5л;,H=33,8,L=20,6,B=14,1см;серебрист.,черный</t>
   </si>
   <si>
     <t>03150628</t>
   </si>
   <si>
     <t>42400-25</t>
   </si>
   <si>
     <t>42820.00₸</t>
   </si>
   <si>
     <t>Термос для чая;сталь нерж.;0,65л;D=10,5,H=20,B=14см;металлич.</t>
@@ -307,50 +307,53 @@
   <si>
     <t>Термос с краном;сталь нерж.,алюмин.;8л;D=23,5,H=29см;металлич.</t>
   </si>
   <si>
     <t>03150651</t>
   </si>
   <si>
     <t>11070800ICV</t>
   </si>
   <si>
     <t>63315.00₸</t>
   </si>
   <si>
     <t>Термос с 2 кранами;сталь нерж.,алюмин.;10л;D=23,5,H=32,5см;металлич.</t>
   </si>
   <si>
     <t>03150652</t>
   </si>
   <si>
     <t>11071000ICV</t>
   </si>
   <si>
     <t>77784.00₸</t>
   </si>
   <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
     <t>Термос;сталь нерж.,пластик;1,9л;,H=29см;металлич.</t>
   </si>
   <si>
     <t>03150656</t>
   </si>
   <si>
     <t>C10007-1B</t>
   </si>
   <si>
     <t>20034.00₸</t>
   </si>
   <si>
     <t>Термос;сталь нерж.,пластик;2,5л;,H=32,5,B=19,5см;металлич.</t>
   </si>
   <si>
     <t>03150657</t>
   </si>
   <si>
     <t>C10007-2B</t>
   </si>
   <si>
     <t>31395.00₸</t>
   </si>
   <si>
     <t>Термос;сталь нерж.,пластик;3л;,H=36см;металлич.</t>
@@ -446,65 +449,50 @@
     <t>Термос армейский;сталь нерж.;6л;D=35,H=23см</t>
   </si>
   <si>
     <t>03150698</t>
   </si>
   <si>
     <t>тр92</t>
   </si>
   <si>
     <t>84924.00₸</t>
   </si>
   <si>
     <t>Термос армейский;сталь нерж.;36л;D=40,H=60см</t>
   </si>
   <si>
     <t>03151343</t>
   </si>
   <si>
     <t>тр44</t>
   </si>
   <si>
     <t>124201.00₸</t>
   </si>
   <si>
     <t>13 шт.</t>
-  </si>
-[...13 lines deleted...]
-    <t>192500.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1623,62 +1611,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-d-kofe-i-chaya-paderno-03150617/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-d-kofe-i-chaya-paderno-03150619/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-kolboy-paderno-03150621/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-kolboy-paderno-03150622/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-paderno-03150623/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-pompoy-ilsa-03150624/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-pompoy-ilsa-03150625/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-paderno-03150627/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-paderno-03150628/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-d-chaya-paderno-03150631/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150633/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150634/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150635/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-termosa-42401-20-42401-15-42401-10-paderno-03150648/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-termosa-paderno-03150649/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-kranom-ilsa-03150650/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-kranom-ilsa-03150651/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-2-kranami-ilsa-03150652/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150656/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150657/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150658/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150659/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150670/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150671/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150672/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150673/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-armeyskiy-kl-03150697/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-armeyskiy-kl-03150698/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-tend-03151343/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-hold-03150699/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-d-kofe-i-chaya-paderno-03150617/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-d-kofe-i-chaya-paderno-03150619/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-kolboy-paderno-03150621/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-kolboy-paderno-03150622/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-paderno-03150623/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-pompoy-ilsa-03150624/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-pompoy-ilsa-03150625/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-paderno-03150627/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-paderno-03150628/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-d-chaya-paderno-03150631/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150633/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150634/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150635/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-termosa-42401-20-42401-15-42401-10-paderno-03150648/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-termosa-paderno-03150649/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-kranom-ilsa-03150650/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-kranom-ilsa-03150651/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-s-2-kranami-ilsa-03150652/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150656/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150657/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150658/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150659/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150670/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150671/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150672/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-sunnex-03150673/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-armeyskiy-kl-03150697/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-armeyskiy-kl-03150698/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termos-tend-03151343/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L31"/>
+  <dimension ref="A1:L30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I31" sqref="I31"/>
+      <selection activeCell="I30" sqref="I30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1813,147 +1801,147 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="D8" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
@@ -2029,119 +2017,119 @@
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>63</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>69</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>63</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>78</v>
@@ -2171,562 +2159,532 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>96</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>65</v>
+        <v>97</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>70</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>70</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="B28" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="B29" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      <c r="L31" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
-    <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>