--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -89,87 +89,87 @@
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Органайзеры для пакетиков чая</t>
   </si>
   <si>
     <t>46408.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Органайзер для чайных пакетиков 4 отделения;акрил;,H=9,L=22,B=17см;прозр.</t>
   </si>
   <si>
     <t>02120920</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ТАЙВАНЬ (КИТАЙ)</t>
   </si>
   <si>
-    <t>26442.00₸</t>
-[...2 lines deleted...]
-    <t>1 шт.</t>
+    <t>28067.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Органайзер для чайных пакетиков 4 отделения;дерево;,H=90,L=335/200мм;коричнев.</t>
   </si>
   <si>
     <t>02120959</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>23062.00₸</t>
   </si>
   <si>
     <t>Органайзер для чайных пакетиков 4 отделения;дерево;,H=95,L=300,B=190мм;коричнев.</t>
   </si>
   <si>
     <t>02120960</t>
   </si>
   <si>
     <t>F901O-00N</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>41965.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Органайзер для чайных пакетиков с рисунком (на 30 шт.);дерево;,H=90,L=335,B=200мм;св. дерево</t>
   </si>
   <si>
     <t>02124218</t>
   </si>
   <si>
     <t>19250.00₸</t>
   </si>
   <si>
     <t>Органайзер для чайных пакетиков (на 30 шт.);дерево;,H=90,L=335,B=200мм;св. дерево</t>
   </si>
   <si>
     <t>02124219</t>
   </si>
   <si>
     <t>Органайзер для чайных пакетиков со съемными секциями;дуб;,H=80,L=466,B=444мм</t>
   </si>
   <si>
     <t>04150891</t>
   </si>
   <si>
     <t>Q836O-00N</t>
   </si>