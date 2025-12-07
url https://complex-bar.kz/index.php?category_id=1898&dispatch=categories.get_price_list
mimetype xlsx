--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,506 +14,500 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
-    <t>Кастрюля;алюм.литой,тефлон;2,25л;D=20,H=11,B=29см;черный</t>
+    <t>Кастрюля без крышки;алюм.литой,тефлон;2,25л;D=20,H=11,B=29см;черный</t>
   </si>
   <si>
     <t>04011718</t>
   </si>
   <si>
     <t>OP0096/20TP0</t>
   </si>
   <si>
     <t>Risoli</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Кастрюли из алюминия</t>
   </si>
   <si>
     <t>45854.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Кастрюля;алюм.литой,тефлон;3,5л;D=24,H=11,B=33см;черный</t>
+    <t>Кастрюля без крышки;алюм.литой,тефлон;3,5л;D=24,H=11,B=33см;черный</t>
   </si>
   <si>
     <t>04011719</t>
   </si>
   <si>
     <t>OP0096/24TP0</t>
   </si>
   <si>
     <t>57750.00₸</t>
   </si>
   <si>
-    <t>Кастрюля;алюм.литой,тефлон;4,5л;D=28,H=11,5,B=37,5см;черный</t>
+    <t>Кастрюля без крышки;алюм.литой,тефлон;4,5л;D=28,H=11,5,B=37,5см;черный</t>
   </si>
   <si>
     <t>04011720</t>
   </si>
   <si>
     <t>OP0096/28TP0</t>
   </si>
   <si>
     <t>66390.00₸</t>
   </si>
   <si>
-    <t>Кастрюля (индукция);алюм.литой,тефлон;2,25л;D=20,H=11,B=29см;черный</t>
+    <t>Кастрюля без крышки (индукция);алюм.литой,тефлон;2,25л;D=20,H=11,B=29см;черный</t>
   </si>
   <si>
     <t>04011721</t>
   </si>
   <si>
     <t>OP096IN/20TP</t>
   </si>
   <si>
     <t>Induction</t>
   </si>
   <si>
     <t>59575.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Кастрюля (индукция);алюм.литой,тефлон;3,5л;D=24,H=11,B=33см;черный</t>
+    <t>Кастрюля без крышки (индукция);алюм.литой,тефлон;3,5л;D=24,H=11,B=33см;черный</t>
   </si>
   <si>
     <t>04011722</t>
   </si>
   <si>
     <t>OP096IN/24TP</t>
   </si>
   <si>
     <t>71048.00₸</t>
   </si>
   <si>
-    <t>Кастрюля;алюмин.,антиприг.покр.;450мл;D=10,H=6см</t>
+    <t>Кастрюля без крышки порционная;алюмин.,антиприг.покр.;450мл;D=10,H=6см</t>
   </si>
   <si>
     <t>04012949</t>
   </si>
   <si>
     <t>16137-10</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>33318.00₸</t>
   </si>
   <si>
-    <t>Кастрюля;алюмин.;2,1л;D=16,H=11см;металлич.</t>
+    <t>Кастрюля без крышки;алюмин.;2,1л;D=16,H=11см;металлич.</t>
   </si>
   <si>
     <t>04012952</t>
   </si>
   <si>
     <t>16107-16</t>
   </si>
   <si>
     <t>25372.00₸</t>
   </si>
   <si>
-    <t>Кастрюля;алюмин.,антиприг.покр.;D=10,H=4см</t>
+    <t>Кастрюля без крышки порционная;алюмин.,антиприг.покр.;300мл;D=10,H=4см</t>
   </si>
   <si>
     <t>04012977</t>
   </si>
   <si>
     <t>16139-10</t>
   </si>
   <si>
     <t>23470.00₸</t>
   </si>
   <si>
     <t>Кастрюля без крышки;алюм.литой,антиприг.покр.;0,75л;D=160,H=65мм;черный</t>
   </si>
   <si>
     <t>04012978</t>
   </si>
   <si>
     <t>000098/16TP0</t>
   </si>
   <si>
     <t>19866.00₸</t>
   </si>
   <si>
     <t>Кастрюля без крышки;алюм.литой,антиприг.покр.;1,5л;D=200,H=65мм;черный</t>
   </si>
   <si>
     <t>04012979</t>
   </si>
   <si>
     <t>000098/20TP0</t>
   </si>
   <si>
     <t>21599.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой; «Д.Грин»;алюм.литой;3,5л;D=24,H=10,3см;зелен.</t>
+    <t>Кастрюля «Д.Грин» с крышкой;алюм.литой;3,5л;D=24,H=10,3см;зелен.</t>
   </si>
   <si>
     <t>04013311</t>
   </si>
   <si>
     <t>00097DR/24GS</t>
   </si>
   <si>
     <t>Dr. Green</t>
   </si>
   <si>
     <t>82552.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой «Д.Грин»;алюм.литой;3л;D=28,H=7см;зелен.</t>
+    <t>Кастрюля «Д.Грин» с крышкой;алюм.литой;3л;D=28,H=7см;зелен.</t>
   </si>
   <si>
     <t>04013312</t>
   </si>
   <si>
     <t>00099DR/28GS</t>
   </si>
   <si>
     <t>76307.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой(индукция) «Д.Грин»;алюм.литой;3л;D=24,H=18,5см;зелен.</t>
+    <t>Кастрюля «Д.Грин» с крышкой (индукция);алюм.литой;3л;D=24,H=18,5см;зелен.</t>
   </si>
   <si>
     <t>04013323</t>
   </si>
   <si>
     <t>00097DRIN/24</t>
   </si>
   <si>
     <t>Dr. Green Induction</t>
   </si>
   <si>
     <t>83153.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой(индукция) «Д.Грин»;алюм.литой;3,5л;D=28,H=7см;зелен.</t>
+    <t>Кастрюля «Д.Грин» с крышкой (индукция);алюм.литой;3,5л;D=28,H=7см;зелен.</t>
   </si>
   <si>
     <t>04013324</t>
   </si>
   <si>
     <t>00099DRIN/28</t>
   </si>
   <si>
     <t>92300.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...2 lines deleted...]
-    <t>Кастрюля с крышкой(индукция) «Ле Пиньята»;алюм.литой,тефлон;2,25л;D=20см;черный</t>
+    <t>Кастрюля «Ле Пиньята» с крышкой (индукция);алюм.литой,тефлон;2,25л;D=20см;черный</t>
   </si>
   <si>
     <t>04013334</t>
   </si>
   <si>
     <t>00097PIN/20P</t>
   </si>
   <si>
     <t>Le Pignatte</t>
   </si>
   <si>
     <t>84546.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой(индукция) «Ле Пиньята»;алюм.литой,тефлон;3,5л;D=24см;черный</t>
+    <t>Кастрюля «Ле Пиньята» с крышкой (индукция);алюм.литой,тефлон;3,5л;D=24см;черный</t>
   </si>
   <si>
     <t>04013335</t>
   </si>
   <si>
     <t>00097PIN/24P</t>
   </si>
   <si>
     <t>96597.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой(индукция) «Ле Пиньята»;алюм.литой,тефлон;4,5л;D=28см</t>
+    <t>Кастрюля «Ле Пиньята» с крышкой (индукция);алюм.литой,тефлон;4,5л;D=28см</t>
   </si>
   <si>
     <t>04013336</t>
   </si>
   <si>
     <t>00097PIN/28P</t>
   </si>
   <si>
     <t>113252.00₸</t>
   </si>
   <si>
-    <t>Кастрюля;алюмин.;10,8л;D=28,H=17,5см</t>
+    <t>Кастрюля без крышки;алюмин.;10,8л;D=28,H=17,5см;металлич.</t>
   </si>
   <si>
     <t>04013350</t>
   </si>
   <si>
     <t>16107-28</t>
   </si>
   <si>
     <t>39632.00₸</t>
   </si>
   <si>
-    <t>Кастрюля;алюмин.,антиприг.покр.;6,5л;D=24,H=15см</t>
+    <t>Кастрюля без крышки;алюмин.,антиприг.покр.;6,5л;D=24,H=15см</t>
   </si>
   <si>
     <t>04013351</t>
   </si>
   <si>
     <t>16127-24</t>
   </si>
   <si>
     <t>55256.00₸</t>
   </si>
   <si>
-    <t>Кастрюля;алюмин.;4л;D=20,H=13см</t>
+    <t>Кастрюля без крышки;алюмин.;4л;D=20,H=13см;металлич.</t>
   </si>
   <si>
     <t>04013353</t>
   </si>
   <si>
     <t>16107-20</t>
   </si>
   <si>
     <t>25495.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой(индукция) «Гранито»;алюм.литой;D=24,H=11см;серый</t>
+    <t>Кастрюля «Гранито» с крышкой (индукция);алюм.литой;D=24,H=11см;серый</t>
   </si>
   <si>
     <t>04013357</t>
   </si>
   <si>
     <t>0197GRIN/24H</t>
   </si>
   <si>
     <t>62555.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой(индукция) «Гранито»;алюм.литой;D=24,H=7см;серый</t>
+    <t>Кастрюля «Гранито» с крышкой (индукция);алюм.литой;D=24,H=7см;серый</t>
   </si>
   <si>
     <t>04013358</t>
   </si>
   <si>
     <t>0199GRIN/24H</t>
   </si>
   <si>
     <t>62786.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «Тавола Ле Пиколе Голд Эйдж»;алюмин.;D=12см;металлич.,золотой</t>
+    <t>Кастрюля «Тавола Ле Пиколе Голд Эйдж» без крышки;алюмин.;D=12см;металлич.,золотой</t>
   </si>
   <si>
     <t>04014125</t>
   </si>
   <si>
     <t>Italo Ottinetti</t>
   </si>
   <si>
     <t>Tavola Le Piccole Gold Age</t>
   </si>
   <si>
     <t>17580.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой «Тавола Ле Пиколе Бронз Эйдж»;алюмин.,керамика;D=10см;металлич.</t>
+    <t>Кастрюля «Тавола Ле Пиколе Бронз Эйдж» с крышкой;алюмин.,керамика;D=10см;металлич.,бронз.</t>
   </si>
   <si>
     <t>04015101</t>
   </si>
   <si>
     <t>1595BR010</t>
   </si>
   <si>
     <t>TAVOLA Le Piccole Bronze Age</t>
   </si>
   <si>
     <t>65204.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «Уитфорд»;алюм.литой,сталь нерж.;3л;D=20,H=10см;граф.,черный</t>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;3л;D=20,H=10см;граф.,черный</t>
   </si>
   <si>
     <t>04019048</t>
   </si>
   <si>
     <t>AL08</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>Whitford</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>14434.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «Уитфорд»;алюм.литой,сталь нерж.;4л;D=22,H=11см;граф.,черный</t>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;4л;D=22,H=11см;граф.,черный</t>
   </si>
   <si>
     <t>04019049</t>
   </si>
   <si>
     <t>AL09</t>
   </si>
   <si>
     <t>16359.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...2 lines deleted...]
-    <t>Кастрюля «Уитфорд»;алюм.литой,сталь нерж.;5,5л;D=24,H=13,5см;граф.,черный</t>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;5,5л;D=24,H=13,5см;граф.,черный</t>
   </si>
   <si>
     <t>04019050</t>
   </si>
   <si>
     <t>AL10</t>
   </si>
   <si>
     <t>19572.00₸</t>
   </si>
   <si>
-    <t>46 шт.</t>
-[...2 lines deleted...]
-    <t>Кастрюля «Уитфорд»;алюм.литой,сталь нерж.;8л;D=26,H=16см;граф.,черный</t>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;8л;D=26,H=16см;граф.,черный</t>
   </si>
   <si>
     <t>04019051</t>
   </si>
   <si>
     <t>AL11</t>
   </si>
   <si>
     <t>23135.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Кастрюля «Уитфорд»;алюм.литой,сталь нерж.;10,5л;D=28,H=18см;граф.,черный</t>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;10,5л;D=28,H=18см;граф.,черный</t>
   </si>
   <si>
     <t>04019052</t>
   </si>
   <si>
     <t>AL12</t>
   </si>
   <si>
     <t>27314.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «Уитфорд»;алюм.литой,сталь нерж.;3,5л;D=24,H=9см;граф.,черный</t>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;3,5л;D=24,H=9см;граф.,черный</t>
   </si>
   <si>
     <t>04019053</t>
   </si>
   <si>
     <t>AL14</t>
   </si>
   <si>
     <t>16660.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «Уитфорд»;алюм.литой,сталь нерж.;4,5л;D=26,H=9см;граф.,черный</t>
+    <t>Кастрюля «Уитфорд» без крышки;алюм.литой,сталь нерж.;4,5л;D=26,H=9см;граф.,черный</t>
   </si>
   <si>
     <t>04019054</t>
   </si>
   <si>
     <t>AL15</t>
   </si>
   <si>
     <t>18235.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Кастрюля с крышкой;алюмин.,сталь нерж.;2,4л;D=20см;металлич.,черный</t>
   </si>
   <si>
     <t>04019134</t>
   </si>
   <si>
     <t>3820V120</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
@@ -2371,677 +2365,677 @@
         <v>73</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F19" s="0">
         <v>6100</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F20" s="0">
         <v>6100</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F21" s="0">
         <v>6100</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D24" s="0">
         <v>1564012</v>
       </c>
       <c r="E24" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="D25" s="0" t="s">
+      <c r="E25" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D26" s="0" t="s">
+      <c r="E26" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="E26" s="0" t="s">
+      <c r="F26" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="F26" s="0" t="s">
+      <c r="G26" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="G26" s="0" t="s">
+      <c r="H26" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="E27" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="G27" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>130</v>
-      </c>
-[...13 lines deleted...]
-        <v>131</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>132</v>
+        <v>33</v>
       </c>
       <c r="L27" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="E28" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>134</v>
-      </c>
-[...16 lines deleted...]
-        <v>136</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="L28" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>139</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="L29" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="E30" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>144</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="L30" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="E31" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>148</v>
-      </c>
-[...16 lines deleted...]
-        <v>150</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="L31" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="E32" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="G32" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>152</v>
-      </c>
-[...16 lines deleted...]
-        <v>154</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="L32" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="E33" s="0" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>