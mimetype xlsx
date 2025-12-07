--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,173 +15,173 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
-    <t>Кастрюля для запекания с ручками;эмалиров.чугун;0,55л;красный</t>
+    <t>Кастрюля для запекания с крышкой с ручками;эмалиров.чугун;0,55л;D=12см;красный</t>
   </si>
   <si>
     <t>03050273</t>
   </si>
   <si>
     <t>44201R12</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Кастрюли из чугуна</t>
   </si>
   <si>
     <t>32056.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Кастрюля для запекания «Эмбер Каст» с крышкой;чугун;250мл;D=10см;черный</t>
   </si>
   <si>
     <t>03051102</t>
   </si>
   <si>
     <t>15410-10S/DM-1005MINIC</t>
   </si>
   <si>
     <t>Daming</t>
   </si>
   <si>
     <t>Ember Cast</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>5530.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Кастрюля для запекания с крышкой;чугун;0,55л;D=12см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст» с крышкой;чугун;0,55л;D=12см;черный</t>
   </si>
   <si>
     <t>03051103</t>
   </si>
   <si>
     <t>15410-12S/DM-125MINICP</t>
   </si>
   <si>
     <t>5208.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания «Эмбер Каст» с крышкой;чугун;0,8л;D=14см;черный</t>
   </si>
   <si>
     <t>03051104</t>
   </si>
   <si>
     <t>15410-14S/DM-1407MINICP</t>
   </si>
   <si>
     <t>10507.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания овальная с крышкой;чугун;450мл;,L=15,B=10см;черный</t>
   </si>
   <si>
     <t>03051106</t>
   </si>
   <si>
     <t>DM-1711OCP</t>
   </si>
   <si>
     <t>7448.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст»;чугун;0,8л;,H=7,L=18,B=14см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст» с крышкой;чугун;0,8л;,H=7,L=18,B=14см;черный</t>
   </si>
   <si>
     <t>03051107</t>
   </si>
   <si>
     <t>15701-18S/DM-1814OCP</t>
   </si>
   <si>
     <t>8204.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания с крышкой;чугун;250мл;D=10см;красный</t>
   </si>
   <si>
     <t>03051108</t>
   </si>
   <si>
     <t>15410-10E</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>13048.00₸</t>
   </si>
@@ -206,345 +206,366 @@
   <si>
     <t>Кастрюля для запекания с крышкой;чугун;0,7л;D=14см;красный</t>
   </si>
   <si>
     <t>03051110</t>
   </si>
   <si>
     <t>15410-14E/DM-1407MINIC</t>
   </si>
   <si>
     <t>19698.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания овальная с крышкой;чугун;250мл;,L=125,B=91мм;красный</t>
   </si>
   <si>
     <t>03051111</t>
   </si>
   <si>
     <t>DM-1257OC</t>
   </si>
   <si>
     <t>10773.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания с ручками;эмалиров.чугун;350мл;D=10см;красный</t>
+    <t>Кастрюля для запекания с крышкой с ручками;эмалиров.чугун;350мл;D=10см;красный</t>
   </si>
   <si>
     <t>03051134</t>
   </si>
   <si>
     <t>44201R10</t>
   </si>
   <si>
     <t>53870.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания с ручками;чугун;220мл;D=10см;черный</t>
+    <t>Кастрюля для запекания с крышкой с ручками;чугун;220мл;D=10см;черный</t>
   </si>
   <si>
     <t>03051168</t>
   </si>
   <si>
     <t>kt1504</t>
   </si>
   <si>
     <t>KL</t>
   </si>
   <si>
     <t>4662.00₸</t>
   </si>
   <si>
     <t>Кастрюля для запекания с крышкой;чугун;0,8л;,H=7,L=18,B=14см;красный</t>
   </si>
   <si>
     <t>03051539</t>
   </si>
   <si>
     <t>15701-18E</t>
   </si>
   <si>
     <t>15890.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;250мл;,H=70,L=125,B=90мм;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;250мл;,H=70,L=125,B=90мм;черный</t>
   </si>
   <si>
     <t>03051915</t>
   </si>
   <si>
     <t>15701-12B</t>
   </si>
   <si>
     <t>Ember Cast Matt</t>
   </si>
   <si>
     <t>5873.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;450мл;,H=7,L=15,B=10см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;450мл;,H=7,L=15,B=10см;черный</t>
   </si>
   <si>
     <t>03051916</t>
   </si>
   <si>
     <t>15701-15B</t>
   </si>
   <si>
     <t>12229.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;0,8л;,H=7,L=18,B=14см;черный</t>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;0,8л;,H=7,L=18,B=14см;черный</t>
   </si>
   <si>
     <t>03051917</t>
   </si>
   <si>
     <t>15701-18B</t>
   </si>
   <si>
     <t>11655.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания с матовым покрытием;чугун;2,6л;D=20,H=16см;черный</t>
+    <t>Кастрюля для запекания с крышкой с матовым покрытием;чугун;2,6л;D=20,H=16см;черный</t>
   </si>
   <si>
     <t>03051918</t>
   </si>
   <si>
     <t>15201-20B</t>
   </si>
   <si>
     <t>19873.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;2,5л;D=22,H=15,5см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;2,5л;D=22,H=15,5см;черный</t>
   </si>
   <si>
     <t>03051919</t>
   </si>
   <si>
     <t>15201-22B</t>
   </si>
   <si>
     <t>23387.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания;чугун;250мл;,H=70,L=125,B=90мм;красный,черный</t>
+    <t>Кастрюля для запекания с крышкой;чугун;250мл;,H=70,L=125,B=90мм;красный,черный</t>
   </si>
   <si>
     <t>03051920</t>
   </si>
   <si>
     <t>15701-12E</t>
   </si>
   <si>
     <t>10843.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания;чугун;450мл;,H=7,L=15,B=10см;красный,черный</t>
+    <t>Кастрюля для запекания с крышкой;чугун;450мл;,H=7,L=15,B=10см;красный,черный</t>
   </si>
   <si>
     <t>03051921</t>
   </si>
   <si>
     <t>15701-15E</t>
   </si>
   <si>
     <t>14112.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания;чугун;2,6л;D=20,H=16см;красный</t>
+    <t>Кастрюля для запекания с крышкой;чугун;2,6л;D=20,H=16см;красный</t>
   </si>
   <si>
     <t>03051922</t>
   </si>
   <si>
     <t>15201-20E</t>
   </si>
   <si>
     <t>22862.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания;чугун;2,5л;D=22,H=15,5см;красный,черный</t>
+    <t>Кастрюля для запекания с крышкой;чугун;2,5л;D=22,H=15,5см;красный,черный</t>
   </si>
   <si>
     <t>03051923</t>
   </si>
   <si>
     <t>15201-22E</t>
   </si>
   <si>
     <t>26929.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;0,55л;D=12,H=5см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;0,55л;D=12,H=5см;черный</t>
   </si>
   <si>
     <t>03051926</t>
   </si>
   <si>
     <t>15410-12B</t>
   </si>
   <si>
     <t>11417.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;0,7л;D=14,H=7см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;0,7л;D=14,H=7см;черный</t>
   </si>
   <si>
     <t>03051927</t>
   </si>
   <si>
     <t>15410-14B</t>
   </si>
   <si>
     <t>11508.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
-[...2 lines deleted...]
-    <t>Кастрюля для запекания «Эмбер Каст Мэтт»;чугун;250мл;D=10см;черный</t>
+    <t>Кастрюля для запекания «Эмбер Каст Мэтт» с крышкой;чугун;250мл;D=10см;черный</t>
   </si>
   <si>
     <t>03051943</t>
   </si>
   <si>
     <t>15410-10B</t>
   </si>
   <si>
     <t>8470.00₸</t>
   </si>
   <si>
+    <t>Кастрюля с крышкой;чугун;6,6л;D=31,H=18,L=40см;черный</t>
+  </si>
+  <si>
+    <t>04010683</t>
+  </si>
+  <si>
+    <t>L10DOL3</t>
+  </si>
+  <si>
+    <t>Lodge</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>116979.00₸</t>
+  </si>
+  <si>
     <t>Кастрюля для запекания с крышкой;чугун;3,8л;D=24,H=17,L=34см;черный</t>
   </si>
   <si>
     <t>04011702</t>
   </si>
   <si>
     <t>071104</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>124918.00₸</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой;эмалиров.чугун;1л;D=16,H=11см;красный</t>
+    <t>Кастрюля для запекания с крышкой с ручками;эмалиров.чугун;1л;D=16,H=11см;красный</t>
   </si>
   <si>
     <t>04013354</t>
   </si>
   <si>
     <t>44201R16</t>
   </si>
   <si>
     <t>85517.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для сервировки «5 звезд» с держателем крышки (индукция);эмалиров.чугун;5л;,H=11,L=250,B=330</t>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;5л;,H=11,L=250,B=330</t>
   </si>
   <si>
     <t>03051967</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>5 stars</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>112328.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...2 lines deleted...]
-    <t>Кастрюля для сервировки «5 звезд» с держателем крышки (индукция);эмалиров.чугун;2,5л;D=25,H=7см;крас</t>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;2,5л;D=25,H=7см;крас</t>
   </si>
   <si>
     <t>03051963</t>
   </si>
   <si>
     <t>83884.00₸</t>
   </si>
   <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;3л;D=28,H=7см;антрац</t>
+  </si>
+  <si>
+    <t>03051966</t>
+  </si>
+  <si>
+    <t>98106.00₸</t>
+  </si>
+  <si>
     <t>13 шт.</t>
   </si>
   <si>
-    <t>Кастрюля для сервировки «5 звезд» с держателем крышки (индукция);эмалиров.чугун;3л;D=28,H=7см;антрац</t>
-[...5 lines deleted...]
-    <t>98106.00₸</t>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;2,5л;D=25,H=7см;антр</t>
+  </si>
+  <si>
+    <t>03051964</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;2,5л;D=25,H=7см;сини</t>
+  </si>
+  <si>
+    <t>03051965</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
-    <t>Кастрюля для сервировки «5 звезд» с держателем крышки (индукция);эмалиров.чугун;2,5л;D=25,H=7см;антр</t>
-[...14 lines deleted...]
-    <t>Кастрюля для сервировки «5 звезд» с держателем крышки (индукция);эмалиров.чугун;5л;,H=11,L=25,B=33см</t>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;5л;,H=11,L=25,B=33см</t>
   </si>
   <si>
     <t>04021707</t>
   </si>
   <si>
     <t>72121.00₸</t>
   </si>
   <si>
-    <t>Кастрюля для сервировки «5 звезд» с держателем крышки (индукция);эмалиров.чугун;4л;D=25,H=17,5см;ант</t>
+    <t>Кастрюля «5 звезд» для сервировки с держателем крышки (индукция);эмалиров.чугун;4л;D=25,H=17,5см;ант</t>
   </si>
   <si>
     <t>04019169</t>
   </si>
   <si>
-    <t>58429.00₸</t>
+    <t>79037.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -559,51 +580,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31861A9A-21BA-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB5-4254-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB6-4254-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB7-4254-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB9-4254-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBA-4254-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBB-4254-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540DE75D-8149-11E9-BBBA-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBC-4254-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBD-4254-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B8D8B56-21BA-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36EC62-06B4-11EE-BC09-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD65D-5BE7-11EF-BC4D-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E21E4-1353-11EE-BC09-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E2296-1353-11EE-BC09-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B84D5409-1353-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41C03FE2-DCD2-11EE-BC3E-0050569297EB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E210D-1353-11EE-BC09-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E1F6C-1353-11EE-BC09-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E2037-1353-11EE-BC09-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BC46917-DCD2-11EE-BC3E-0050569297EB21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E1EA8-1353-11EE-BC09-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBC43F36-1353-11EE-BC09-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBC43127-1353-11EE-BC09-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C117F558-0070-11EE-BC09-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F28-424F-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E64881A-21C5-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B455562E-A6C2-11EF-BC53-00505692E2D028.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA6315AF-A6C2-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA631267-A6C2-11EF-BC53-00505692E2D030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA6314A3-A6C2-11EF-BC53-00505692E2D031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA631397-A6C2-11EF-BC53-00505692E2D032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04336E6E-AE64-11EF-BC4E-00505692C44733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04336D4F-AE64-11EF-BC4E-00505692C44734.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31861A9A-21BA-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB5-4254-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB6-4254-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB7-4254-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CB9-4254-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBA-4254-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBB-4254-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540DE75D-8149-11E9-BBBA-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBC-4254-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088A1CBD-4254-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B8D8B56-21BA-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36EC62-06B4-11EE-BC09-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/202CD65D-5BE7-11EF-BC4D-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E21E4-1353-11EE-BC09-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E2296-1353-11EE-BC09-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B84D5409-1353-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41C03FE2-DCD2-11EE-BC3E-0050569297EB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E210D-1353-11EE-BC09-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E1F6C-1353-11EE-BC09-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E2037-1353-11EE-BC09-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BC46917-DCD2-11EE-BC3E-0050569297EB21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02E1EA8-1353-11EE-BC09-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBC43F36-1353-11EE-BC09-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBC43127-1353-11EE-BC09-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C117F558-0070-11EE-BC09-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B416197-424F-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B764F28-424F-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E64881A-21C5-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B455562E-A6C2-11EF-BC53-00505692E2D029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA6315AF-A6C2-11EF-BC53-00505692E2D030.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA631267-A6C2-11EF-BC53-00505692E2D031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA6314A3-A6C2-11EF-BC53-00505692E2D032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA631397-A6C2-11EF-BC53-00505692E2D033.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04336E6E-AE64-11EF-BC4E-00505692C44734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04336D4F-AE64-11EF-BC4E-00505692C44735.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1571,50 +1592,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1873,62 +1924,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-ruchkami-paderno-03050273/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051102/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051103/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051104/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051106/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051107/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-prohotel-03051108/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051109/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051110/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051111/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-ruchkami-paderno-03051134/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-kl-03051168/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-prohotel-03051539/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051915/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051916/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-prohotel-03051917/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051918/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051919/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051920/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051921/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051922/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051923/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051926/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051927/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-daming-03051943/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-matfer-04011702/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-paderno-04013354/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051967/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051963/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051966/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051964/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051965/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-aps-04021707/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-aps-04019169/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-ruchkami-paderno-03050273/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051102/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051103/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051104/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051106/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051107/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-prohotel-03051108/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051109/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-kryshkoy-daming-03051110/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-daming-03051111/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-s-ruchkami-paderno-03051134/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-kl-03051168/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-ovalnaya-s-kryshkoy-prohotel-03051539/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051915/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051916/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-zapekaniya-prohotel-03051917/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051918/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051919/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051920/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051921/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051922/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-zapekaniya-prohotel-03051923/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051926/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-prohotel-03051927/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorshok-dlya-zapekaniya-daming-03051943/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-lodge-04010683/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-matfer-04011702/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-s-kryshkoy-paderno-04013354/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051967/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051963/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051966/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051964/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-dlya-servirovki-aps-03051965/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-aps-04021707/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kastryulya-aps-04019169/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L35"/>
+  <dimension ref="A1:L36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I35" sqref="I35"/>
+      <selection activeCell="I36" sqref="I36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2021,51 +2072,53 @@
       <c r="I3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F4" s="0"/>
+      <c r="F4" s="0" t="s">
+        <v>24</v>
+      </c>
       <c r="G4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>33</v>
       </c>
@@ -2427,347 +2480,347 @@
         <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>79</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>79</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>79</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>79</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>79</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>25</v>
       </c>
@@ -2807,343 +2860,376 @@
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>134</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>15</v>
+        <v>135</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>88308</v>
+        <v>139</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>140</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>142</v>
+        <v>27</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0">
+        <v>88308</v>
+      </c>
+      <c r="E30" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="D30" s="0">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D31" s="0">
-        <v>88305</v>
+        <v>88300</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D32" s="0">
-        <v>88301</v>
+        <v>88305</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D33" s="0">
-        <v>88312</v>
+        <v>88301</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D34" s="0">
-        <v>88309</v>
+        <v>88312</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>25</v>
+        <v>146</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L34" s="0"/>
+        <v>162</v>
+      </c>
+      <c r="L34" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D35" s="0">
-        <v>88303</v>
+        <v>88309</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L35" s="0">
+      <c r="L35" s="0"/>
+    </row>
+    <row r="36" spans="1:12" customHeight="1" ht="80">
+      <c r="A36" s="0"/>
+      <c r="B36" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="D36" s="0">
+        <v>88303</v>
+      </c>
+      <c r="E36" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="G36" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="J36" s="0"/>
+      <c r="K36" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>