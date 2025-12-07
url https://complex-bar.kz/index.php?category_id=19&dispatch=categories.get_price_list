--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -131,51 +131,51 @@
   <si>
     <t>4935.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Мадлер «Пробар»;сталь нерж.,пластик;D=2,L=26см;серебрист.,белый</t>
   </si>
   <si>
     <t>02121219</t>
   </si>
   <si>
     <t>IBH02</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>10115.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>15 шт.</t>
   </si>
   <si>
     <t>Мадлер «Пробар»;сталь нерж.,пластик;D=20,L=205мм;серебрист.,черный</t>
   </si>
   <si>
     <t>02121220</t>
   </si>
   <si>
     <t>IBH01</t>
   </si>
   <si>
     <t>11144.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Мадлер со ступкой;гранит;400мл;D=15,5см;серый</t>
   </si>
   <si>
     <t>02121221</t>
   </si>
   <si>
     <t>49618-15</t>
   </si>
@@ -200,171 +200,162 @@
   <si>
     <t>49618-12</t>
   </si>
   <si>
     <t>52068.00₸</t>
   </si>
   <si>
     <t>Мадлер;дерево;D=28,L=200мм;бежев.</t>
   </si>
   <si>
     <t>02121501</t>
   </si>
   <si>
     <t>00780</t>
   </si>
   <si>
     <t>Leopold Vienna</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>5075.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Мадлер;полипроп.;D=25,L=220мм;серый</t>
   </si>
   <si>
     <t>02121507</t>
   </si>
   <si>
     <t>10640000PVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>7554.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Мадлер;сталь нерж.,абс-пластик;D=3,L=23см;серебрист.,оранжев.</t>
   </si>
   <si>
     <t>02121508</t>
   </si>
   <si>
     <t>10630000IVV</t>
   </si>
   <si>
     <t>15134.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Мадлер;сталь нерж.,абс-пластик;D=3,L=23,B=3см;серебрист.,в ассорт.</t>
   </si>
   <si>
     <t>02121509</t>
   </si>
   <si>
     <t>15274.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Мадлер;абс-пластик;D=25,L=210мм;черный</t>
   </si>
   <si>
     <t>02121510</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>4669.00₸</t>
   </si>
   <si>
-    <t>43 шт.</t>
+    <t>46 шт.</t>
   </si>
   <si>
     <t>Мадлер;пластик;D=25,L=225мм;белый</t>
   </si>
   <si>
     <t>02121511</t>
   </si>
   <si>
     <t>41503-22</t>
   </si>
   <si>
     <t>8363.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Мадлер;сталь нерж.,пластик;D=29,L=177мм;стальной</t>
   </si>
   <si>
     <t>02121515</t>
   </si>
   <si>
     <t>BSBQ0467</t>
   </si>
   <si>
     <t>Bonzer</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>10446.00₸</t>
   </si>
   <si>
     <t>Мадлер со ступкой;сталь нерж.;450мл;D=10,L=14см;серебрист.</t>
   </si>
   <si>
     <t>02122704</t>
   </si>
   <si>
     <t>11230100ICV</t>
   </si>
   <si>
     <t>17143.00₸</t>
   </si>
   <si>
     <t>Мадлер со ступкой;сталь нерж.;0,55л;D=12,L=17см;серебрист.</t>
   </si>
   <si>
     <t>02122705</t>
   </si>
   <si>
     <t>11230120ICV</t>
   </si>
   <si>
     <t>41272.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Мадлер со ступкой «Кунстверк»;фарфор;300мл;D=11,5,L=12,5см;белый</t>
   </si>
   <si>
     <t>02122707</t>
   </si>
   <si>
     <t>A1671</t>
   </si>
   <si>
     <t>Kunstwerk</t>
   </si>
   <si>
     <t>2184.00₸</t>
   </si>
   <si>
     <t>Мадлер со ступкой;мрамор;320мл;D=14,L=20см;серый</t>
   </si>
   <si>
     <t>02122708</t>
   </si>
   <si>
     <t>49618-18</t>
   </si>
@@ -410,66 +401,66 @@
   <si>
     <t>MMM003S</t>
   </si>
   <si>
     <t>Moonlight</t>
   </si>
   <si>
     <t>7413.00₸</t>
   </si>
   <si>
     <t>Мадлер «Пробар Премиум Оникс»;сталь нерж.;D=43,L=225мм;черный</t>
   </si>
   <si>
     <t>02122716</t>
   </si>
   <si>
     <t>MMM004B</t>
   </si>
   <si>
     <t>Onix</t>
   </si>
   <si>
     <t>7840.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Мадлер;сталь нерж.;D=45,L=250мм;серебрист.</t>
   </si>
   <si>
     <t>02122717</t>
   </si>
   <si>
     <t>L0337</t>
   </si>
   <si>
     <t>Lumian</t>
   </si>
   <si>
     <t>14800.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1888,503 +1879,503 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>66</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D13" s="0">
         <v>106300</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D14" s="0">
         <v>93181</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="L14" s="0">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" s="0" t="s">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>50</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="F22" s="0" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>121</v>
-      </c>
-[...10 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>126</v>
-      </c>
-[...10 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>131</v>
+        <v>31</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>