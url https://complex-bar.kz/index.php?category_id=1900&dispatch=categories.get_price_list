--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -52,168 +52,168 @@
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
-    <t>Кастрюля 3-х слойн.; медь;сталь нерж.,алюмин.;5л;D=26,H=9см;медный</t>
+    <t>Кастрюля с крышкой 3-х слойная (медь);сталь нерж.,алюмин.;5л;D=26,H=9см;медный</t>
   </si>
   <si>
     <t>04011738</t>
   </si>
   <si>
     <t>15209-26</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Кастрюли из меди</t>
   </si>
   <si>
     <t>226273.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой 3-х слойная медь;сталь нерж.,алюмин.;3л;D=200,H=95мм;медный</t>
+    <t>Кастрюля с крышкой 3-х слойная (медь);сталь нерж.,алюмин.;3л;D=200,H=95мм;медный</t>
   </si>
   <si>
     <t>04012942</t>
   </si>
   <si>
     <t>BAR28 copper</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>53690.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Кастрюля с крышкой 3-х слойная медь;сталь нерж.,алюмин.;6л;D=24,H=13,5см</t>
+    <t>Кастрюля с крышкой 3-х слойная (медь);сталь нерж.,алюмин.;6л;D=24,H=13,5см</t>
   </si>
   <si>
     <t>04012943</t>
   </si>
   <si>
     <t>BAR29 copper</t>
   </si>
   <si>
     <t>114793.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Кастрюля «Прима Матера»;медь,сталь нерж.;4,9л;D=280,H=92мм</t>
+    <t>Кастрюля «Прима Матера» с крышкой;медь,сталь нерж.;4,9л;D=280,H=92мм</t>
   </si>
   <si>
     <t>04012953</t>
   </si>
   <si>
     <t>De Buyer</t>
   </si>
   <si>
     <t>Prima Matera</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>404990.00₸</t>
   </si>
   <si>
-    <t>Кастрюля;сталь нерж.,медь;1,6л;D=16,H=8см</t>
+    <t>Кастрюля «15500» без крышки;сталь нерж.,медь;1,6л;D=16,H=8см</t>
   </si>
   <si>
     <t>04013352</t>
   </si>
   <si>
     <t>15507-16</t>
   </si>
   <si>
     <t>119882.00₸</t>
   </si>
   <si>
     <t>Кастрюля с крышкой;медь,олово;D=28,H=11см;медный</t>
   </si>
   <si>
     <t>04014152</t>
   </si>
   <si>
     <t>5690/28</t>
   </si>
   <si>
     <t>Cu Artigiana maestri ramai</t>
   </si>
   <si>
     <t>501748.00₸</t>
   </si>
   <si>
     <t>Кастрюля без крышки;медь,олово;0,8л;D=120,H=75мм;медный</t>
   </si>
   <si>
     <t>04014153</t>
   </si>
   <si>
     <t>5320/12-10</t>
   </si>
   <si>
     <t>82983.00₸</t>
   </si>
   <si>
-    <t>Кастрюля «15500»;сталь нерж.,медь;6,3л;D=24,H=14см;медный,металлич.</t>
+    <t>Кастрюля «15500» без крышки;сталь нерж.,медь;6,3л;D=24,H=14см;медный,металлич.</t>
   </si>
   <si>
     <t>04019008</t>
   </si>
   <si>
     <t>15507-24</t>
   </si>
   <si>
     <t>231016.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -853,51 +853,53 @@
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="0" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12" customHeight="1" ht="80">
       <c r="A2" s="0"/>
       <c r="B2" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="F2" s="0"/>
+      <c r="F2" s="0">
+        <v>15200</v>
+      </c>
       <c r="G2" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="0"/>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
@@ -1077,51 +1079,53 @@
       <c r="I8" s="1" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="F9" s="0"/>
+      <c r="F9" s="0">
+        <v>15500</v>
+      </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>