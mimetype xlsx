--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -86,96 +86,96 @@
   <si>
     <t>Excellence</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Крышки для кастрюль</t>
   </si>
   <si>
     <t>52684.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка «Экселленс»;сталь нерж.;D=40,H=6см;металлич.</t>
   </si>
   <si>
     <t>04012615</t>
   </si>
   <si>
     <t>64457.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Крышка «Экселленс»;сталь нерж.;D=50см;металлич.</t>
   </si>
   <si>
     <t>04012616</t>
   </si>
   <si>
     <t>67999.00₸</t>
   </si>
   <si>
     <t>Крышка;стекло;D=20см;прозр.,черный</t>
   </si>
   <si>
     <t>04012618</t>
   </si>
   <si>
     <t>000200/20000</t>
   </si>
   <si>
     <t>Risoli</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Крышки для сковород</t>
   </si>
   <si>
     <t>10419.00₸</t>
   </si>
   <si>
     <t>Крышка;стекло;D=24см;прозр.,черный</t>
   </si>
   <si>
     <t>04012619</t>
   </si>
   <si>
     <t>000200/24000</t>
   </si>
   <si>
     <t>11843.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло;D=28см;прозр.,черный</t>
   </si>
   <si>
     <t>04012620</t>
   </si>
   <si>
     <t>000200/28000</t>
   </si>
   <si>
     <t>15293.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло;D=32см;прозр.,черный</t>
   </si>
   <si>
     <t>04012621</t>
   </si>
   <si>
     <t>000200/32000</t>
   </si>
@@ -191,51 +191,51 @@
   <si>
     <t>000200/36000</t>
   </si>
   <si>
     <t>10773.00₸</t>
   </si>
   <si>
     <t>Крышка;сталь нерж.;D=18см;металлич.</t>
   </si>
   <si>
     <t>04012625</t>
   </si>
   <si>
     <t>BAR25</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>4816.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло;D=30,H=5,L=31,B=31см;прозр.,металлич.</t>
   </si>
   <si>
     <t>04012626</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>8407.00₸</t>
   </si>
   <si>
     <t>Крышка «Экселленс»;сталь нерж.;D=16см;металлич.</t>
   </si>
   <si>
     <t>04012627</t>
   </si>
   <si>
     <t>18842.00₸</t>
   </si>
   <si>
     <t>Крышка «Экселленс»;сталь нерж.;D=18см;металлич.</t>
   </si>
@@ -470,104 +470,101 @@
   <si>
     <t>Крышка;стекло,силикон;D=24см;прозр.,черный</t>
   </si>
   <si>
     <t>04012653</t>
   </si>
   <si>
     <t>KC*GTL24110/С</t>
   </si>
   <si>
     <t>1879.00₸</t>
   </si>
   <si>
     <t>Крышка;стекло,силикон;D=26см;прозр.,в ассорт.</t>
   </si>
   <si>
     <t>04012654</t>
   </si>
   <si>
     <t>KC*GTL26110/С</t>
   </si>
   <si>
     <t>2888.00₸</t>
   </si>
   <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
     <t>Крышка;стекло,силикон;D=28см;прозр.,черный</t>
   </si>
   <si>
     <t>04012655</t>
   </si>
   <si>
     <t>KC*GTL28110/С</t>
   </si>
   <si>
     <t>2149.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Крышка «Мастер»;сталь нерж.;D=200,H=45мм;металлич.</t>
   </si>
   <si>
     <t>04012658-Э</t>
   </si>
   <si>
     <t>MASTER</t>
   </si>
   <si>
     <t>25849.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка «Мастер»;сталь нерж.;D=24см;металлич.</t>
   </si>
   <si>
     <t>04012659-Э</t>
   </si>
   <si>
     <t>12089.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
     <t>Крышка «Мастер»;сталь нерж.;D=18см;металлич.</t>
   </si>
   <si>
     <t>04012664-Э</t>
   </si>
   <si>
     <t>8601.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка «Мастер»;сталь нерж.;D=30см;металлич.</t>
   </si>
   <si>
     <t>04012665-Э</t>
   </si>
   <si>
     <t>13506.00₸</t>
   </si>
   <si>
     <t>12 шт.</t>
   </si>
   <si>
     <t>Крышка «Тавола Ле Пиколе Голд Эйдж»;алюмин.;D=14см;металлич.,золотой</t>
   </si>
   <si>
     <t>04012666</t>
   </si>
   <si>
     <t>Italo Ottinetti</t>
   </si>
   <si>
     <t>Tavola Le Piccole Gold Age</t>
   </si>
   <si>
     <t>8886.00₸</t>
@@ -641,630 +638,633 @@
   <si>
     <t>23616.00₸</t>
   </si>
   <si>
     <t>Крышка универсальная;сталь нерж.;D=45см;матовый</t>
   </si>
   <si>
     <t>04012675</t>
   </si>
   <si>
     <t>28999.00₸</t>
   </si>
   <si>
     <t>Крышка;стекло,пластик;D=20см;прозр.,черный</t>
   </si>
   <si>
     <t>04012676</t>
   </si>
   <si>
     <t>KC*GTL20110</t>
   </si>
   <si>
     <t>1810.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>29 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло,пластик;D=24см;прозр.,черный</t>
   </si>
   <si>
     <t>04012677</t>
   </si>
   <si>
     <t>KC*GTL24110</t>
   </si>
   <si>
     <t>2079.00₸</t>
   </si>
   <si>
     <t>Крышка;стекло,пластик;D=26см;прозр.,черный</t>
   </si>
   <si>
     <t>04012678</t>
   </si>
   <si>
     <t>KC*GTL26110</t>
   </si>
   <si>
     <t>2349.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
+    <t>25 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло,пластик;D=28см;прозр.,черный</t>
   </si>
   <si>
     <t>04012679</t>
   </si>
   <si>
     <t>KC*GTL28110</t>
   </si>
   <si>
     <t>2464.00₸</t>
   </si>
   <si>
     <t>Крышка;стекло,пластик;D=30см;прозр.,черный</t>
   </si>
   <si>
     <t>04012680</t>
   </si>
   <si>
     <t>KC*GTL30110</t>
   </si>
   <si>
     <t>2503.00₸</t>
   </si>
   <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
     <t>Крышка;стекло,пластик;D=32см;прозр.,черный</t>
   </si>
   <si>
     <t>04012681</t>
   </si>
   <si>
     <t>KC*GTL32110</t>
   </si>
   <si>
     <t>Крышка с широким ободом;стекло,нерж.;D=24см;прозр.</t>
   </si>
   <si>
     <t>04019117</t>
   </si>
   <si>
     <t>KC-T24110/N</t>
   </si>
   <si>
     <t>3812.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Крышка с широким ободом;стекло,нерж.;D=26см;прозр.</t>
+  </si>
+  <si>
+    <t>04019118</t>
+  </si>
+  <si>
+    <t>KC-T26110/N</t>
+  </si>
+  <si>
+    <t>4004.00₸</t>
+  </si>
+  <si>
+    <t>Крышка с широким ободом;стекло,нерж.;D=28см;прозр.</t>
+  </si>
+  <si>
+    <t>04019119</t>
+  </si>
+  <si>
+    <t>KC-T28110/N</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для сковороды «Д.Грин»;стекло;D=20,H=7см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04021801</t>
+  </si>
+  <si>
+    <t>00200DR/2000</t>
+  </si>
+  <si>
+    <t>Dr. Green</t>
+  </si>
+  <si>
+    <t>11959.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для сковороды «Д.Грин»;стекло;D=24см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04021802</t>
+  </si>
+  <si>
+    <t>00200DR/2400</t>
+  </si>
+  <si>
+    <t>12459.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для сковороды «Д.Грин»;стекло;D=28см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04021803</t>
+  </si>
+  <si>
+    <t>00200DR/2800</t>
+  </si>
+  <si>
+    <t>14346.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=50см;металлич.</t>
+  </si>
+  <si>
+    <t>04140701</t>
+  </si>
+  <si>
+    <t>11161-50</t>
+  </si>
+  <si>
+    <t>35574.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли уцененная;сталь;D=180,H=60,L=195,B=195мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140730-У1</t>
+  </si>
+  <si>
+    <t>316030-18/у</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>7223.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=30,H=4,L=33,B=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04140731</t>
+  </si>
+  <si>
+    <t>306030-30</t>
+  </si>
+  <si>
+    <t>23393.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=320,H=50,L=345,B=345мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140732</t>
+  </si>
+  <si>
+    <t>306030-32</t>
+  </si>
+  <si>
+    <t>27043.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=340,H=55,L=370,B=370мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140733</t>
+  </si>
+  <si>
+    <t>306030-34</t>
+  </si>
+  <si>
+    <t>30777.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=36,H=4,L=37,B=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04140734</t>
+  </si>
+  <si>
+    <t>306030-36</t>
+  </si>
+  <si>
+    <t>34034.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=40,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04140735</t>
+  </si>
+  <si>
+    <t>306030-40</t>
+  </si>
+  <si>
+    <t>39748.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=280,H=50,L=285,B=285мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140736</t>
+  </si>
+  <si>
+    <t>306030-28</t>
+  </si>
+  <si>
+    <t>20667.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь;D=450,H=65,B=480мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140737</t>
+  </si>
+  <si>
+    <t>306030-45</t>
+  </si>
+  <si>
+    <t>53716.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для сотейника арт.034005;медь,сталь нерж.;D=16см;металлич.</t>
+  </si>
+  <si>
+    <t>04140740</t>
+  </si>
+  <si>
+    <t>111812.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=160,H=30,L=175мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140752</t>
+  </si>
+  <si>
+    <t>11061-16</t>
+  </si>
+  <si>
+    <t>15300.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=18,H=3,L=19,B=19см;металлич.</t>
+  </si>
+  <si>
+    <t>04140753</t>
+  </si>
+  <si>
+    <t>11061-18</t>
+  </si>
+  <si>
+    <t>13106.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=200,H=45,L=215,B=215мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140754</t>
+  </si>
+  <si>
+    <t>11061-20</t>
+  </si>
+  <si>
+    <t>15377.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=220,H=45,L=235,B=235мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140755</t>
+  </si>
+  <si>
+    <t>11061-22</t>
+  </si>
+  <si>
+    <t>18188.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=24,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04140756</t>
+  </si>
+  <si>
+    <t>11061-24</t>
+  </si>
+  <si>
+    <t>19058.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=280,H=40,L=295,B=295мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140757</t>
+  </si>
+  <si>
+    <t>11061-28</t>
+  </si>
+  <si>
+    <t>14823.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=32,H=5,L=34,B=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04140758</t>
+  </si>
+  <si>
+    <t>11061-32</t>
+  </si>
+  <si>
+    <t>27520.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=40,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04140759</t>
+  </si>
+  <si>
+    <t>11061-40</t>
+  </si>
+  <si>
+    <t>39532.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=36,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04140760</t>
+  </si>
+  <si>
+    <t>11061-36</t>
+  </si>
+  <si>
+    <t>31986.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=45,H=4,L=45,B=45см;металлич.</t>
+  </si>
+  <si>
+    <t>04140761</t>
+  </si>
+  <si>
+    <t>11061-45</t>
+  </si>
+  <si>
+    <t>45839.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=500,H=50,L=525,B=525мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140762</t>
+  </si>
+  <si>
+    <t>11061-50</t>
+  </si>
+  <si>
+    <t>62563.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Крышка к арт.L6SK3;чугун;D=228,H=50мм;черный</t>
+  </si>
+  <si>
+    <t>04140771</t>
+  </si>
+  <si>
+    <t>L6SC3</t>
+  </si>
+  <si>
+    <t>28614.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;стекло,сталь нерж.;D=260,H=65мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>04140773</t>
+  </si>
+  <si>
+    <t>GC10</t>
+  </si>
+  <si>
+    <t>20650.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;стекло,сталь нерж.;D=30,H=7см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>04140774</t>
+  </si>
+  <si>
+    <t>GL12/GC12</t>
+  </si>
+  <si>
+    <t>26196.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04140775</t>
+  </si>
+  <si>
+    <t>12561-26</t>
+  </si>
+  <si>
+    <t>21422.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Отель»;сталь нерж.;D=50см;металлич.</t>
+  </si>
+  <si>
+    <t>04140777</t>
+  </si>
+  <si>
+    <t>306030-50</t>
+  </si>
+  <si>
+    <t>56234.00₸</t>
+  </si>
+  <si>
+    <t>Крышка «Перфоманс»;сталь нерж.;D=28см;металлич.</t>
+  </si>
+  <si>
+    <t>04140778</t>
+  </si>
+  <si>
+    <t>Performance</t>
+  </si>
+  <si>
+    <t>15824.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=14,H=4см;металлич.</t>
+  </si>
+  <si>
+    <t>04140783</t>
+  </si>
+  <si>
+    <t>11161-14</t>
+  </si>
+  <si>
+    <t>18850.00₸</t>
+  </si>
+  <si>
+    <t>Крышка «Экселленс»;сталь нерж.;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04140789</t>
+  </si>
+  <si>
+    <t>28891.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;сталь нерж.;D=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04140798</t>
+  </si>
+  <si>
+    <t>11161-40</t>
+  </si>
+  <si>
+    <t>30061.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для арт.92148;металл;D=57мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04148404</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>455.00₸</t>
+  </si>
+  <si>
+    <t>Крышка «Экселленс»;сталь нерж.;D=28см;металлич.</t>
+  </si>
+  <si>
+    <t>09100110</t>
+  </si>
+  <si>
+    <t>24579.00₸</t>
+  </si>
+  <si>
+    <t>Крышка «Экселленс»;сталь нерж.;D=32,H=7см;металлич.</t>
+  </si>
+  <si>
+    <t>09100126</t>
+  </si>
+  <si>
+    <t>32325.00₸</t>
+  </si>
+  <si>
+    <t>Крышка «Экселленс»;сталь нерж.;D=36,H=7см;металлич.</t>
+  </si>
+  <si>
+    <t>09100127</t>
+  </si>
+  <si>
+    <t>39363.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;стекло,пластик;D=22см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04019156</t>
+  </si>
+  <si>
+    <t>KC*GTL22110</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
     <t>22 шт.</t>
   </si>
   <si>
-    <t>Крышка с широким ободом;стекло,нерж.;D=26см;прозр.</t>
-[...493 lines deleted...]
-  <si>
     <t>Крышка;стекло,пластик;D=18см;прозр.,черный</t>
   </si>
   <si>
     <t>04012682</t>
   </si>
   <si>
     <t>KC*GTL18110</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -5413,680 +5413,680 @@
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>23</v>
+        <v>151</v>
       </c>
       <c r="L32" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L33" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D34" s="0">
         <v>38403020</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>160</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D35" s="0">
         <v>38403024</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>164</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D36" s="0">
         <v>38403018</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>167</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>168</v>
+        <v>151</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D37" s="0">
         <v>38403030</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D38" s="0">
         <v>1580014</v>
       </c>
       <c r="E38" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F38" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D39" s="0">
         <v>1580012</v>
       </c>
       <c r="E39" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D40" s="0">
         <v>30210124</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D41" s="0">
         <v>30210128</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D42" s="0">
         <v>30210130</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D43" s="0">
         <v>30210132</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="B44" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="D44" s="0">
         <v>30210136</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D45" s="0">
         <v>30210140</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="D46" s="0">
         <v>30210145</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="L48" s="0">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="L49" s="0">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="L50" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>168</v>
+        <v>225</v>
       </c>
       <c r="L51" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>228</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>231</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
@@ -6142,1343 +6142,1343 @@
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>240</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>241</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>160</v>
+        <v>242</v>
       </c>
       <c r="L55" s="0">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L56" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F59" s="0">
         <v>1100</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>281</v>
+        <v>43</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>283</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>284</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>285</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>247</v>
+        <v>43</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>286</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>287</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>288</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>289</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>291</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>292</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>293</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>294</v>
+        <v>156</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D68" s="0">
         <v>365016</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F69" s="0">
         <v>1000</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F70" s="0">
         <v>1000</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F71" s="0">
         <v>1000</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>281</v>
+        <v>248</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F72" s="0">
         <v>1000</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F73" s="0">
         <v>1000</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>294</v>
+        <v>318</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>320</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>321</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F74" s="0">
         <v>1000</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>322</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>323</v>
+        <v>171</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F75" s="0">
         <v>1000</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>164</v>
+        <v>318</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F76" s="0">
         <v>1000</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>43</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F77" s="0">
         <v>1000</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>337</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F78" s="0">
         <v>1000</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F79" s="0">
         <v>1000</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>354</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>362</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>23</v>
+        <v>151</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="D85" s="0">
         <v>670528</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="C86" s="0" t="s">
+      <c r="D86" s="0" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F86" s="0">
         <v>1100</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="D87" s="0">
         <v>692024</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F88" s="0">
         <v>1100</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="D89" s="0">
         <v>92156</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="D90" s="0">
         <v>692028</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="D91" s="0">
         <v>692032</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="D92" s="0">
         <v>692036</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>281</v>
+        <v>248</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>394</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="D93" s="0" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="L93" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>141</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>142</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>19</v>
+        <v>401</v>
       </c>
       <c r="L94" s="0">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>