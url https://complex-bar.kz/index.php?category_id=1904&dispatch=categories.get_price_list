--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -89,51 +89,51 @@
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Крышки для сковород</t>
   </si>
   <si>
     <t>10419.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло;D=24см;прозр.,черный</t>
   </si>
   <si>
     <t>04012619</t>
   </si>
   <si>
     <t>000200/24000</t>
   </si>
   <si>
     <t>11843.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло;D=28см;прозр.,черный</t>
   </si>
   <si>
     <t>04012620</t>
   </si>
   <si>
     <t>000200/28000</t>
   </si>
   <si>
     <t>15293.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло;D=32см;прозр.,черный</t>
   </si>
   <si>
     <t>04012621</t>
   </si>
   <si>
     <t>000200/32000</t>
   </si>
@@ -188,285 +188,288 @@
   <si>
     <t>Крышка;стекло,силикон;D=24см;прозр.,черный</t>
   </si>
   <si>
     <t>04012653</t>
   </si>
   <si>
     <t>KC*GTL24110/С</t>
   </si>
   <si>
     <t>1879.00₸</t>
   </si>
   <si>
     <t>Крышка;стекло,силикон;D=26см;прозр.,в ассорт.</t>
   </si>
   <si>
     <t>04012654</t>
   </si>
   <si>
     <t>KC*GTL26110/С</t>
   </si>
   <si>
     <t>2888.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло,силикон;D=28см;прозр.,черный</t>
   </si>
   <si>
     <t>04012655</t>
   </si>
   <si>
     <t>KC*GTL28110/С</t>
   </si>
   <si>
     <t>2149.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло,пластик;D=20см;прозр.,черный</t>
   </si>
   <si>
     <t>04012676</t>
   </si>
   <si>
     <t>KC*GTL20110</t>
   </si>
   <si>
     <t>1810.00₸</t>
   </si>
   <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Крышка;стекло,пластик;D=24см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04012677</t>
+  </si>
+  <si>
+    <t>KC*GTL24110</t>
+  </si>
+  <si>
+    <t>2079.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Крышка;стекло,пластик;D=24см;прозр.,черный</t>
-[...13 lines deleted...]
-  <si>
     <t>Крышка;стекло,пластик;D=26см;прозр.,черный</t>
   </si>
   <si>
     <t>04012678</t>
   </si>
   <si>
     <t>KC*GTL26110</t>
   </si>
   <si>
     <t>2349.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
+    <t>25 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло,пластик;D=28см;прозр.,черный</t>
   </si>
   <si>
     <t>04012679</t>
   </si>
   <si>
     <t>KC*GTL28110</t>
   </si>
   <si>
     <t>2464.00₸</t>
   </si>
   <si>
     <t>Крышка;стекло,пластик;D=30см;прозр.,черный</t>
   </si>
   <si>
     <t>04012680</t>
   </si>
   <si>
     <t>KC*GTL30110</t>
   </si>
   <si>
     <t>2503.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Крышка;стекло,пластик;D=32см;прозр.,черный</t>
   </si>
   <si>
     <t>04012681</t>
   </si>
   <si>
     <t>KC*GTL32110</t>
   </si>
   <si>
     <t>Крышка с широким ободом;стекло,нерж.;D=24см;прозр.</t>
   </si>
   <si>
     <t>04019117</t>
   </si>
   <si>
     <t>KC-T24110/N</t>
   </si>
   <si>
     <t>3812.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Крышка с широким ободом;стекло,нерж.;D=26см;прозр.</t>
+  </si>
+  <si>
+    <t>04019118</t>
+  </si>
+  <si>
+    <t>KC-T26110/N</t>
+  </si>
+  <si>
+    <t>4004.00₸</t>
+  </si>
+  <si>
+    <t>Крышка с широким ободом;стекло,нерж.;D=28см;прозр.</t>
+  </si>
+  <si>
+    <t>04019119</t>
+  </si>
+  <si>
+    <t>KC-T28110/N</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для сковороды «Д.Грин»;стекло;D=20,H=7см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04021801</t>
+  </si>
+  <si>
+    <t>00200DR/2000</t>
+  </si>
+  <si>
+    <t>Dr. Green</t>
+  </si>
+  <si>
+    <t>11959.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для сковороды «Д.Грин»;стекло;D=24см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04021802</t>
+  </si>
+  <si>
+    <t>00200DR/2400</t>
+  </si>
+  <si>
+    <t>12459.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для сковороды «Д.Грин»;стекло;D=28см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04021803</t>
+  </si>
+  <si>
+    <t>00200DR/2800</t>
+  </si>
+  <si>
+    <t>14346.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;стекло,сталь нерж.;D=260,H=65мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>04140773</t>
+  </si>
+  <si>
+    <t>GC10</t>
+  </si>
+  <si>
+    <t>Lodge</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>20650.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;стекло,сталь нерж.;D=30,H=7см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>04140774</t>
+  </si>
+  <si>
+    <t>GL12/GC12</t>
+  </si>
+  <si>
+    <t>26196.00₸</t>
+  </si>
+  <si>
+    <t>Крышка;стекло,пластик;D=22см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04019156</t>
+  </si>
+  <si>
+    <t>KC*GTL22110</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
     <t>22 шт.</t>
   </si>
   <si>
-    <t>Крышка с широким ободом;стекло,нерж.;D=26см;прозр.</t>
-[...112 lines deleted...]
-  <si>
     <t>Крышка;стекло,пластик;D=18см;прозр.,черный</t>
   </si>
   <si>
     <t>04012682</t>
   </si>
   <si>
     <t>KC*GTL18110</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2455,51 +2458,51 @@
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>135</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>19</v>
+        <v>136</v>
       </c>
       <c r="L27" s="0">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>