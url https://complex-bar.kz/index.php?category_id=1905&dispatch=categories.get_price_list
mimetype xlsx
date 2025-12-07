--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="562">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="574">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -299,53 +299,50 @@
   <si>
     <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=20,H=4,L=36см;синий,черный</t>
   </si>
   <si>
     <t>04020622</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>Classe Chef</t>
   </si>
   <si>
     <t>32664.00₸</t>
   </si>
   <si>
     <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=24,H=4,L=45см;синий,черный</t>
   </si>
   <si>
     <t>04020623</t>
   </si>
   <si>
     <t>54978.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода «Клас Шеф» с антипригарным покрытием;алюмин.,тефлон;D=260,H=50,L=496мм;синий,черный</t>
   </si>
   <si>
     <t>04020624</t>
   </si>
   <si>
     <t>47340.00₸</t>
   </si>
   <si>
     <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=28,H=5,L=51см;синий,черный</t>
   </si>
   <si>
     <t>04020625</t>
   </si>
   <si>
     <t>48279.00₸</t>
   </si>
   <si>
     <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=12,H=2,L=24см;синий,черный</t>
   </si>
   <si>
     <t>04020626</t>
   </si>
   <si>
     <t>38038.00₸</t>
@@ -371,63 +368,60 @@
   <si>
     <t>Classe Ceram</t>
   </si>
   <si>
     <t>27172.00₸</t>
   </si>
   <si>
     <t>Сковорода;алюмин.,керамика;D=28,H=5,L=52см;коричнев.,черный</t>
   </si>
   <si>
     <t>04020630</t>
   </si>
   <si>
     <t>31548.00₸</t>
   </si>
   <si>
     <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=20,H=5,L=36см;синий,черный</t>
   </si>
   <si>
     <t>04020641</t>
   </si>
   <si>
     <t>47101.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=32,H=7,L=59см;синий,черный</t>
   </si>
   <si>
     <t>04020642</t>
   </si>
   <si>
     <t>72688.00₸</t>
   </si>
   <si>
-    <t>39 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=36,H=7,L=66см;синий,черный</t>
   </si>
   <si>
     <t>04020643</t>
   </si>
   <si>
     <t>100570.00₸</t>
   </si>
   <si>
     <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;D=40,H=7,L=72см;синий,черный</t>
   </si>
   <si>
     <t>04020644</t>
   </si>
   <si>
     <t>110403.00₸</t>
   </si>
   <si>
     <t>Сковорода прямоуг. «Клас Шеф+» с антипригарным покрытием;алюмин.,тефлон;,H=5,L=39/50,B=27см;синий,че</t>
   </si>
   <si>
     <t>04020645</t>
   </si>
@@ -647,71 +641,71 @@
   <si>
     <t>Сковорода овал. «Шок Классик»;алюмин.,тефлон;,H=8,L=36,B=26см;черный,серебрян.</t>
   </si>
   <si>
     <t>04020855</t>
   </si>
   <si>
     <t>Сковорода «Клас Шеф»;алюмин.,тефлон;D=36,H=5,L=65см;синий,черный</t>
   </si>
   <si>
     <t>04020886</t>
   </si>
   <si>
     <t>80843.00₸</t>
   </si>
   <si>
     <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=16,H=4,L=33см;синий,черный</t>
   </si>
   <si>
     <t>04020894</t>
   </si>
   <si>
     <t>31617.00₸</t>
   </si>
   <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
     <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=22,H=4,L=43см;синий,черный</t>
   </si>
   <si>
     <t>04020895</t>
   </si>
   <si>
     <t>35521.00₸</t>
   </si>
   <si>
     <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=32,H=5,L=59см;синий,черный</t>
   </si>
   <si>
     <t>04020896</t>
   </si>
   <si>
     <t>61200.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода с антипригарным покрытием «Клас Шеф»;алюмин.,тефлон;D=40,H=6,L=61см;синий,черный</t>
   </si>
   <si>
     <t>04020897</t>
   </si>
   <si>
     <t>95034.00₸</t>
   </si>
   <si>
     <t>Сковорода «Элит Шеф»;алюмин.;D=20,H=5см;черный</t>
   </si>
   <si>
     <t>04020933</t>
   </si>
   <si>
     <t>Elite Chef</t>
   </si>
   <si>
     <t>83484.00₸</t>
   </si>
   <si>
     <t>Сковорода «Элит Шеф»;алюмин.;D=240,H=50,L=465,B=260мм</t>
   </si>
   <si>
     <t>04020934</t>
@@ -755,65 +749,68 @@
   <si>
     <t>Сковорода;алюм.литой,тефлон;D=280,H=52,L=540мм;черный</t>
   </si>
   <si>
     <t>04020947</t>
   </si>
   <si>
     <t>OP103HT/28TP</t>
   </si>
   <si>
     <t>80435.00₸</t>
   </si>
   <si>
     <t>Сковорода (индукция);алюм.литой,тефлон;D=32,H=6,L=63см;черный</t>
   </si>
   <si>
     <t>04020948</t>
   </si>
   <si>
     <t>OP103HTIN/32</t>
   </si>
   <si>
     <t>126997.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Сковорода;алюм.литой,тефлон;D=24,H=7,L=50см;черный</t>
   </si>
   <si>
     <t>04020949</t>
   </si>
   <si>
     <t>OP104HT/24TP</t>
   </si>
   <si>
     <t>74098.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Сковорода;алюм.литой,тефлон;D=28,H=7,L=54см;черный</t>
   </si>
   <si>
     <t>04020950</t>
   </si>
   <si>
     <t>OP104HT/28TP</t>
   </si>
   <si>
     <t>79834.00₸</t>
   </si>
   <si>
     <t>Сковорода;алюм.литой,тефлон;D=32,H=8,L=62см;черный</t>
   </si>
   <si>
     <t>04020951</t>
   </si>
   <si>
     <t>OP104HT/32TP</t>
   </si>
   <si>
     <t>78440.00₸</t>
   </si>
   <si>
     <t>Сковорода (индукция);алюм.литой,тефлон;D=24,H=7,L=50см;черный</t>
@@ -1022,95 +1019,89 @@
   <si>
     <t>Сковорода (индукция);алюм.литой,тефлон;D=280,H=52,L=540мм;черный</t>
   </si>
   <si>
     <t>04020981</t>
   </si>
   <si>
     <t>OP103HTIN/28</t>
   </si>
   <si>
     <t>108478.00₸</t>
   </si>
   <si>
     <t>Сковорода (индукция);алюм.литой,тефлон;D=280,H=58,L=490мм;черный</t>
   </si>
   <si>
     <t>04020982</t>
   </si>
   <si>
     <t>OP103EPIN/28</t>
   </si>
   <si>
     <t>86880.00₸</t>
   </si>
   <si>
-    <t>50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода;алюмин.,керамика;D=32,H=6,L=63см;металлич.,белый</t>
   </si>
   <si>
     <t>04021054</t>
   </si>
   <si>
     <t>11618-32</t>
   </si>
   <si>
     <t>77847.00₸</t>
   </si>
   <si>
     <t>Сковорода;алюмин.,керамика;D=36,H=6см;бежев.,серебрян.</t>
   </si>
   <si>
     <t>04021085</t>
   </si>
   <si>
     <t>11618-36</t>
   </si>
   <si>
     <t>88604.00₸</t>
   </si>
   <si>
     <t>Сковорода «Гранито»;алюм.литой;D=28,H=6см;черный</t>
   </si>
   <si>
     <t>04021098</t>
   </si>
   <si>
     <t>00103GR/28HS</t>
   </si>
   <si>
     <t>Granito</t>
   </si>
   <si>
     <t>45946.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода;алюмин.;D=20,H=4см;металлич.</t>
   </si>
   <si>
     <t>04021416</t>
   </si>
   <si>
     <t>16114-20</t>
   </si>
   <si>
     <t>29884.00₸</t>
   </si>
   <si>
     <t>Сковорода;алюмин.;D=24,H=5см</t>
   </si>
   <si>
     <t>04021417</t>
   </si>
   <si>
     <t>16114-24</t>
   </si>
   <si>
     <t>37161.00₸</t>
   </si>
   <si>
     <t>13 шт.</t>
@@ -1208,53 +1199,50 @@
   <si>
     <t>Сковорода «Гранито»;алюм.литой;D=200,H=45мм;черный</t>
   </si>
   <si>
     <t>04021485</t>
   </si>
   <si>
     <t>00103GR/20HS</t>
   </si>
   <si>
     <t>34027.00₸</t>
   </si>
   <si>
     <t>Сковорода «Гранито»;алюм.литой;D=32,H=6см;черный</t>
   </si>
   <si>
     <t>04021486</t>
   </si>
   <si>
     <t>00103GR/32HS</t>
   </si>
   <si>
     <t>54632.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода «Д.Грин»;алюм.литой;D=200,H=45мм;зелен.</t>
   </si>
   <si>
     <t>04021604</t>
   </si>
   <si>
     <t>00103DR/20GS</t>
   </si>
   <si>
     <t>Dr. Green</t>
   </si>
   <si>
     <t>45269.00₸</t>
   </si>
   <si>
     <t>Сковорода «Д.Грин»;алюм.литой;D=240,H=45мм;зелен.</t>
   </si>
   <si>
     <t>04021605</t>
   </si>
   <si>
     <t>00103DR/24GS</t>
   </si>
   <si>
     <t>56133.00₸</t>
@@ -1277,53 +1265,50 @@
   <si>
     <t>04021623</t>
   </si>
   <si>
     <t>01103GRIN/24</t>
   </si>
   <si>
     <t>Granito Induction</t>
   </si>
   <si>
     <t>62933.00₸</t>
   </si>
   <si>
     <t>Сковорода(индукция) «Гранито»;алюм.литой;D=280,H=55мм;серый</t>
   </si>
   <si>
     <t>04021624</t>
   </si>
   <si>
     <t>01103GRIN/28</t>
   </si>
   <si>
     <t>71356.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода(индукция) «Гранито»;алюм.литой;D=32,H=6см;черный</t>
   </si>
   <si>
     <t>04021625</t>
   </si>
   <si>
     <t>01103GRIN/32</t>
   </si>
   <si>
     <t>87742.00₸</t>
   </si>
   <si>
     <t>Сковорода(индукция) «Д.Грин»;алюм.литой;D=200,H=45мм;зелен.</t>
   </si>
   <si>
     <t>04021626</t>
   </si>
   <si>
     <t>00103DRIN/20</t>
   </si>
   <si>
     <t>Dr. Green Induction</t>
   </si>
   <si>
     <t>59983.00₸</t>
@@ -1373,260 +1358,278 @@
   <si>
     <t>OP103BQRI/32</t>
   </si>
   <si>
     <t>57743.00₸</t>
   </si>
   <si>
     <t>Сковорода «Проотель»;алюм.литой,пластик;D=200,H=54мм</t>
   </si>
   <si>
     <t>04021645</t>
   </si>
   <si>
     <t>HL0201E</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>18144.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
     <t>Сковорода «Проотель»;алюм.литой,пластик;D=240,H=54мм</t>
   </si>
   <si>
     <t>04021646</t>
   </si>
   <si>
     <t>HL0202E</t>
   </si>
   <si>
     <t>20587.00₸</t>
   </si>
   <si>
     <t>Сковорода «Проотель»;алюм.литой,пластик;D=260,H=54мм</t>
   </si>
   <si>
     <t>04021647</t>
   </si>
   <si>
     <t>HL0203E</t>
   </si>
   <si>
     <t>23156.00₸</t>
   </si>
   <si>
     <t>Сковорода «Проотель»;алюм.литой,пластик;D=280,H=54мм</t>
   </si>
   <si>
     <t>04021648</t>
   </si>
   <si>
     <t>HL0204E</t>
   </si>
   <si>
     <t>25977.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сковорода «Проотель»;алюм.литой,пластик;D=200,H=45мм</t>
   </si>
   <si>
     <t>04021649</t>
   </si>
   <si>
     <t>HL0201B</t>
   </si>
   <si>
     <t>19187.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
     <t>Сковорода «Проотель»;алюм.литой,пластик;D=24,H=5см</t>
   </si>
   <si>
     <t>04021650</t>
   </si>
   <si>
     <t>HL0202B</t>
   </si>
   <si>
     <t>22806.00₸</t>
   </si>
   <si>
     <t>Сковорода «Проотель»;алюм.литой,пластик;D=280,H=55мм</t>
   </si>
   <si>
     <t>04021651</t>
   </si>
   <si>
     <t>HL0203B</t>
   </si>
   <si>
     <t>27818.00₸</t>
   </si>
   <si>
+    <t>Сковорода (индукция) «Гранито»;алюм.литой;D=24,H=8см;черный</t>
+  </si>
+  <si>
+    <t>04021669</t>
+  </si>
+  <si>
+    <t>01104GRIN/24</t>
+  </si>
+  <si>
+    <t>57412.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода (индукция) «Гранито»;алюм.литой;D=28,H=8см;черный</t>
+  </si>
+  <si>
+    <t>04021670</t>
+  </si>
+  <si>
+    <t>01104GRIN/28</t>
+  </si>
+  <si>
+    <t>84108.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Майфос»;алюмин.;D=240,H=47мм;серый</t>
+  </si>
+  <si>
+    <t>04021684</t>
+  </si>
+  <si>
+    <t>WI758P6AMNF</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Mythos</t>
+  </si>
+  <si>
+    <t>25172.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Блэк плюс»;алюм.литой,тефлон;D=20,H=5см;черный</t>
+  </si>
+  <si>
+    <t>04021921</t>
+  </si>
+  <si>
+    <t>00103BP/20PN</t>
+  </si>
+  <si>
+    <t>Black plus</t>
+  </si>
+  <si>
+    <t>33257.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Блэк плюс»;алюм.литой,тефлон;D=24см;черный</t>
+  </si>
+  <si>
+    <t>04021922</t>
+  </si>
+  <si>
+    <t>00103BP/24PN</t>
+  </si>
+  <si>
+    <t>45800.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Блэк плюс»;алюм.литой,тефлон;D=28см;черный</t>
+  </si>
+  <si>
+    <t>04021923</t>
+  </si>
+  <si>
+    <t>00103BP/28PN</t>
+  </si>
+  <si>
+    <t>58005.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода овал. 2 ручки «Тавола Ле Пиколе Голд Эйдж»;алюмин.;,L=26см;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04021932</t>
+  </si>
+  <si>
+    <t>Italo Ottinetti</t>
+  </si>
+  <si>
+    <t>Tavola Le Piccole Gold Age</t>
+  </si>
+  <si>
+    <t>19481.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Уитфорд»;алюм.литой,сталь нерж.;0,8л;D=18,H=4см;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022154</t>
+  </si>
+  <si>
+    <t>AL18</t>
+  </si>
+  <si>
+    <t>Whitford</t>
+  </si>
+  <si>
+    <t>9415.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Уитфорд»;алюм.литой,сталь нерж.;1,2л;D=220,H=42мм;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022155</t>
+  </si>
+  <si>
+    <t>AL20</t>
+  </si>
+  <si>
+    <t>12201.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Уитфорд»;алюм.литой,сталь нерж.;2л;D=260,H=48мм;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022156</t>
+  </si>
+  <si>
+    <t>AL22</t>
+  </si>
+  <si>
+    <t>14392.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Уитфорд»;алюм.литой,сталь нерж.;3л;D=300,H=55мм;граф.,черный</t>
+  </si>
+  <si>
+    <t>04022157</t>
+  </si>
+  <si>
+    <t>AL24</t>
+  </si>
+  <si>
+    <t>19586.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Сковорода (индукция) «Гранито»;алюм.литой;D=24,H=8см;черный</t>
-[...130 lines deleted...]
-  <si>
     <t>Сковорода «Тавола Ле Пиколе Бронз Эйдж»;алюмин.;0,62л;D=12,H=6см;металлич.,бронз.</t>
   </si>
   <si>
     <t>04022181</t>
   </si>
   <si>
     <t>1563BR012</t>
   </si>
   <si>
     <t>TAVOLA Le Piccole Bronze Age</t>
   </si>
   <si>
     <t>19058.00₸</t>
   </si>
   <si>
     <t>Сковорода;алюмин.,сталь нерж.;1,1л;D=200,H=39мм;металлич.</t>
   </si>
   <si>
     <t>04022191</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>29036.00₸</t>
@@ -1701,50 +1704,83 @@
     <t>Сковорода «Клас Шеф+» с антипригарным покрытием;алюмин.;D=28,H=5,L=51см;черный,металлич.</t>
   </si>
   <si>
     <t>09100331</t>
   </si>
   <si>
     <t>33203.00₸</t>
   </si>
   <si>
     <t>Сковорода глубок. «Клас Шеф+» с антипригарным покрытием;алюмин.;D=240,H=65,L=460мм;черный</t>
   </si>
   <si>
     <t>09100334</t>
   </si>
   <si>
     <t>47225.00₸</t>
   </si>
   <si>
     <t>Сковорода глубок. «Клас Шеф+» с антипригарным покрытием;алюмин.;D=280,H=85,L=550мм;черный</t>
   </si>
   <si>
     <t>09100335</t>
   </si>
   <si>
     <t>54940.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Лакшери Дизайн»;алюмин.;D=24см;серый,черный</t>
+  </si>
+  <si>
+    <t>04021158</t>
+  </si>
+  <si>
+    <t>YM758P6AFAL</t>
+  </si>
+  <si>
+    <t>Andrea Fontebasso</t>
+  </si>
+  <si>
+    <t>Luxury Design</t>
+  </si>
+  <si>
+    <t>37947.00₸</t>
+  </si>
+  <si>
+    <t>Сковорода «Про Даймонд»;алюмин.,сталь нерж.;2,38л;D=240,H=65мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04021160</t>
+  </si>
+  <si>
+    <t>WP758B3BTBF</t>
+  </si>
+  <si>
+    <t>Prodiamond Induction</t>
+  </si>
+  <si>
+    <t>45577.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -5338,591 +5374,591 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="119" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>120</xdr:row>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="120" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>121</xdr:row>
+      <xdr:row>122</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>123</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>123</xdr:row>
+      <xdr:row>124</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="123" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>124</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="124" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>125</xdr:row>
+      <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="125" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="126" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>127</xdr:row>
+      <xdr:row>128</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="127" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>128</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="128" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>129</xdr:row>
+      <xdr:row>130</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>130</xdr:row>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="130" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="131" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="132" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>133</xdr:row>
+      <xdr:row>134</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="133" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>134</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="134" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>135</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="135" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>136</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="136" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>138</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="137" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>139</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="138" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6193,62 +6229,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-2-ruchki-de-buyer-04010759/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020359/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020360/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020361/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020362/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020365/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020366/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indal-paderno-04020379/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020393/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020394/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020395/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020396/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020397/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020398/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020399/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020457/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020622/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020623/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020624/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020625/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020626/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020627/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020629/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020630/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020641/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020642/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020643/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020644/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-s-antiprigpok-matfer-04020645/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-s-antiprigpokryt-matfer-04020646/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020651/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020725/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020726/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020727/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020728/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020746/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020749/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020750/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020841/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020842/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020843/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020847/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020848/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020849/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020850/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020851/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020852/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020854/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020855/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020886/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020894/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020895/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020896/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020897/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020933/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020934/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020935/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020936/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020946/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020947/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020948/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020949/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020950/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020951/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020952/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020953/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020954/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020955/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020956/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020957/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020958/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020959/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020960/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020961/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020962/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020963/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020964/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020965/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020966/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020979/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020980/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020981/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020982/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021054/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021085/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021098/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021416/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021417/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021418/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021419/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021428/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-matfer-04021460/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021474/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021475/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021476/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021477/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021485/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021486/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021604/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021605/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021606/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021623/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021624/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021625/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021626/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021627/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021628/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-s-kryshkoy-risoli-04021638/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-barbekyu-risoli-04021642/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021645/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021646/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021647/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021648/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021649/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021650/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021651/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021669/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021670/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021921/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021922/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021923/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-2-ruchki-italo-ottinetti-04021932/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022154/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022156/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-italo-ottinetti-04022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022205/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022206/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022207/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022208/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100330/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100331/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100334/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100335/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/soteynik-2-ruchki-de-buyer-04010759/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020359/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020360/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020361/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020362/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020365/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020366/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indal-paderno-04020379/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020393/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020394/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020395/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020396/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020397/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020398/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020399/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020457/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020622/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020623/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020624/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020625/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020626/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020627/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020629/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020630/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020641/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020642/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020643/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020644/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-s-antiprigpok-matfer-04020645/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-s-antiprigpokryt-matfer-04020646/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020651/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020725/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020726/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020727/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-professionalnaya-paderno-04020728/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020746/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-paderno-04020747/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020749/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04020750/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020841/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020842/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020843/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pryamoug-de-buyer-04020847/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020848/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020849/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020850/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020851/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-de-buyer-04020852/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020854/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-d-ryby-de-buyer-04020855/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020886/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020894/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020895/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020896/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-s-antiprigarnym-pokrytiem-matfer-04020897/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020933/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020934/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020935/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04020936/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020946/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020947/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020948/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020949/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020950/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020951/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020952/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020953/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020954/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020955/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020956/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020957/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020958/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020959/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020960/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020961/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020962/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-indukciya-risoli-04020963/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020964/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2-ruchki-risoli-04020965/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-2ruchki-risoli-04020966/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04020979/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020980/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020981/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04020982/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021054/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021085/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021098/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021416/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021417/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021418/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-paderno-04021419/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021428/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-matfer-04021460/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021474/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021475/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-04021476/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021477/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021485/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021486/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021604/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021605/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021606/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021623/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021624/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021625/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021626/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021627/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021628/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-s-kryshkoy-risoli-04021638/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-d-barbekyu-risoli-04021642/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021645/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021646/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021647/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021648/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021649/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021650/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04021651/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021669/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-indukciya-risoli-04021670/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tognana-04021684/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021921/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021922/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04021923/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-oval-2-ruchki-italo-ottinetti-04021932/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022154/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022155/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022156/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-prohotel-04022157/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-italo-ottinetti-04022181/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022191/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-pintinox-04022192/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022205/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022206/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022207/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-risoli-04022208/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100330/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-matfer-09100331/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100334/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-glubok-matfer-09100335/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-andrea-fontebasso-04021158/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skovoroda-tognana-04021160/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L139"/>
+  <dimension ref="A1:L142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I139" sqref="I139"/>
+      <selection activeCell="I142" sqref="I142"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -6609,51 +6645,51 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="L12" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
@@ -6837,4075 +6873,4168 @@
         <v>91</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D19" s="0">
         <v>665124</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D20" s="0">
         <v>665126</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D21" s="0">
         <v>665128</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D22" s="0">
         <v>665612</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D23" s="0">
         <v>909528</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D24" s="0">
         <v>675224</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D25" s="0">
         <v>675228</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D26" s="0">
         <v>906020</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D27" s="0">
         <v>906032</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D28" s="0">
         <v>906036</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D29" s="0">
         <v>906040</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D30" s="0">
         <v>908538</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D31" s="0">
         <v>664550</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D32" s="0">
         <v>668532</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="D41" s="0">
         <v>8180.28</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D42" s="0">
         <v>8180.32</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L42" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D43" s="0">
         <v>8180.36</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D44" s="0">
         <v>8184.38</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D45" s="0">
         <v>8180.2</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>73</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D46" s="0">
         <v>8180.22</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="D47" s="0">
         <v>8180.24</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L47" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D48" s="0">
         <v>8180.26</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D49" s="0">
         <v>8180.3</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L49" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D50" s="0">
         <v>8181.32</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L50" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D51" s="0">
         <v>8181.36</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D52" s="0">
         <v>665136</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D53" s="0">
         <v>665116</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>94</v>
+        <v>208</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D54" s="0">
         <v>665122</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="D55" s="0">
         <v>665132</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>216</v>
+        <v>34</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D56" s="0">
         <v>665140</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D57" s="0">
         <v>678520</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D58" s="0">
         <v>678524</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D59" s="0">
         <v>678528</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D60" s="0">
         <v>678532</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="D61" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="E61" s="0" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L61" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="C62" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L62" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E63" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="L63" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>216</v>
+        <v>249</v>
       </c>
       <c r="L64" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="D65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L65" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="D66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="D67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="L67" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="D68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="D69" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="D70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>94</v>
+        <v>249</v>
       </c>
       <c r="L70" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="D71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="D72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="D73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="D74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="D75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L75" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>295</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="D76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="D77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="D78" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="D79" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="D80" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="D81" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="D82" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="D83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="D84" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="D85" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>335</v>
+        <v>18</v>
       </c>
       <c r="L85" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>344</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="E88" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="F88" s="0" t="s">
         <v>345</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>349</v>
+        <v>18</v>
       </c>
       <c r="L88" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D94" s="0">
         <v>908040</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="D95" s="0">
         <v>665224</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="D96" s="0">
         <v>665228</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="D97" s="0">
         <v>665232</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="E98" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="F98" s="0" t="s">
         <v>384</v>
-      </c>
-[...10 lines deleted...]
-        <v>387</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>397</v>
+        <v>73</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="L104" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>420</v>
+        <v>18</v>
       </c>
       <c r="L105" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="0"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>18</v>
+        <v>447</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>397</v>
+        <v>447</v>
       </c>
       <c r="L113" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>73</v>
+        <v>447</v>
       </c>
       <c r="L114" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>464</v>
+        <v>447</v>
       </c>
       <c r="L115" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>18</v>
+        <v>464</v>
       </c>
       <c r="L116" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>18</v>
+        <v>447</v>
       </c>
       <c r="L117" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>50</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>477</v>
+        <v>464</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="G119" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="L119" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>420</v>
+        <v>18</v>
       </c>
       <c r="L120" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
-      <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="E121" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="G121" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="H121" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I121" s="1" t="s">
         <v>486</v>
-      </c>
-[...19 lines deleted...]
-        <v>490</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L121" s="0"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="L122" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="L123" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>1567026</v>
+        <v>497</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>498</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>501</v>
+        <v>234</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L124" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="L124" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="D125" s="0">
+        <v>1567026</v>
+      </c>
+      <c r="E125" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="F125" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="G125" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>504</v>
-      </c>
-[...19 lines deleted...]
-        <v>508</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L125" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="E126" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="F126" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>509</v>
-      </c>
-[...19 lines deleted...]
-        <v>512</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L126" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="E127" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="G127" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="H127" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>513</v>
-      </c>
-[...19 lines deleted...]
-        <v>516</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L127" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="E128" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="G128" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="H128" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I128" s="1" t="s">
         <v>517</v>
-      </c>
-[...19 lines deleted...]
-        <v>520</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>521</v>
+        <v>18</v>
       </c>
       <c r="L128" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>501</v>
+        <v>444</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>525</v>
+        <v>508</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>23</v>
+        <v>445</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L129" s="0"/>
+        <v>522</v>
+      </c>
+      <c r="L129" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="E130" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="F130" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="G130" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H130" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I130" s="1" t="s">
         <v>527</v>
-      </c>
-[...17 lines deleted...]
-        <v>530</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L130" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="D131" s="0">
-        <v>38202524</v>
+        <v>38202520</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L131" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="D132" s="0">
+        <v>38202524</v>
+      </c>
+      <c r="E132" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="F132" s="0"/>
+      <c r="G132" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="H132" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I132" s="1" t="s">
         <v>534</v>
-      </c>
-[...19 lines deleted...]
-        <v>538</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L132" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="L133" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="L134" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>68</v>
+        <v>547</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L135" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="D136" s="0" t="s">
         <v>550</v>
       </c>
-      <c r="C136" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E136" s="0" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>106</v>
+        <v>538</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>552</v>
+        <v>68</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="L136" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="D137" s="0">
-        <v>906028</v>
+        <v>906024</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="D138" s="0">
-        <v>909024</v>
+        <v>906028</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D139" s="0">
-        <v>909028</v>
+        <v>909024</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>88</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="140" spans="1:12" customHeight="1" ht="80">
+      <c r="A140" s="0"/>
+      <c r="B140" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="D140" s="0">
+        <v>909028</v>
+      </c>
+      <c r="E140" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="F140" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="G140" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H140" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I140" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="J140" s="0"/>
+      <c r="K140" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="L140" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" customHeight="1" ht="80">
+      <c r="B141" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="D141" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="E141" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="F141" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="G141" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="H141" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I141" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="J141" s="0"/>
+      <c r="K141" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="L141" s="0"/>
+    </row>
+    <row r="142" spans="1:12" customHeight="1" ht="80">
+      <c r="B142" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="E142" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="F142" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="G142" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="H142" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I142" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J142" s="0"/>
+      <c r="K142" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="L142" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -11004,50 +11133,53 @@
     <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B129" r:id="rId_hyperlink_128"/>
     <hyperlink ref="B130" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B131" r:id="rId_hyperlink_130"/>
     <hyperlink ref="B132" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B133" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="B138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="B139" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="B140" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="B141" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="B142" r:id="rId_hyperlink_141"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>