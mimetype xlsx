--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -635,60 +635,66 @@
   <si>
     <t>04022107</t>
   </si>
   <si>
     <t>128221.00₸</t>
   </si>
   <si>
     <t>Сковорода;сталь;D=200/145,H=22,L=380мм;черный</t>
   </si>
   <si>
     <t>04022152</t>
   </si>
   <si>
     <t>11718-20/1</t>
   </si>
   <si>
     <t>13745.00₸</t>
   </si>
   <si>
     <t>04022224</t>
   </si>
   <si>
     <t>64834.00₸</t>
   </si>
   <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
     <t>04022227</t>
   </si>
   <si>
     <t>43174.00₸</t>
   </si>
   <si>
     <t>04022228</t>
   </si>
   <si>
     <t>51144.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3015,51 +3021,51 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L12" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
@@ -4339,119 +4345,119 @@
         <v>102</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D52" s="0">
         <v>5200.28</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>100</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>205</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>25</v>
+        <v>206</v>
       </c>
       <c r="L52" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D53" s="0">
         <v>5200.2</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>100</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D54" s="0">
         <v>5200.24</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>99</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>100</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>25</v>
+        <v>211</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>