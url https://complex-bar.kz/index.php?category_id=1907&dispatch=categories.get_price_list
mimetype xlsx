--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -71,186 +71,186 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Мензурка ТС ГОСТ-1770-74;стекло;0,5л;D=95/100,H=157мм;прозр.</t>
   </si>
   <si>
     <t>02040203</t>
   </si>
   <si>
     <t>HLP-2</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Мензурки</t>
   </si>
   <si>
     <t>6160.00₸</t>
   </si>
   <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;1л;D=12,5/13,5,H=17,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040204</t>
+  </si>
+  <si>
+    <t>9548.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Цилиндр мерный ГОСТ-1770-74;стекло;100мл;D=3,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>02040205</t>
+  </si>
+  <si>
+    <t>7777.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Цилиндр мерный ГОСТ-1770-74;стекло;1л;D=65,H=445мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040207</t>
+  </si>
+  <si>
+    <t>10881.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;50мл;D=45/30,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040209</t>
+  </si>
+  <si>
+    <t>3704.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;100мл;D=55/35,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040210</t>
+  </si>
+  <si>
+    <t>4482.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;250мл;D=75/55,H=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040211</t>
+  </si>
+  <si>
+    <t>5560.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;250мл;D=75,H=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040294</t>
+  </si>
+  <si>
+    <t>MMD</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Мензурка ТС ГОСТ-1770-74;стекло;100мл;D=55,H=105мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040295</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Мензурка ТС ГОСТ-1770-74;стекло;1л;D=12,5/13,5,H=17,5см;прозр.</t>
-[...76 lines deleted...]
-  <si>
     <t>Мензурка ТС ГОСТ-1770-74;стекло;50мл;D=45,H=85мм;прозр.</t>
   </si>
   <si>
     <t>02040296</t>
   </si>
   <si>
     <t>2303.00₸</t>
   </si>
   <si>
     <t>Мензурка ТС ГОСТ-1770-74;стекло;0,5л;D=10,H=16см;прозр.</t>
   </si>
   <si>
     <t>02040297</t>
   </si>
   <si>
     <t>6545.00₸</t>
   </si>
   <si>
     <t>Мензурка ТС ГОСТ-1770-74;стекло;1л;D=13,5,H=17,5см;прозр.</t>
   </si>
   <si>
     <t>02040298</t>
   </si>
   <si>
     <t>9887.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Пробирка мерная;стекло;20мл;D=17,H=190мм</t>
   </si>
   <si>
     <t>02040306</t>
   </si>
   <si>
     <t>1864.00₸</t>
   </si>
   <si>
     <t>Пробирка мерная П2-21-200 НС;стекло;50мл;D=21,H=200мм;прозр.</t>
   </si>
   <si>
     <t>02040308</t>
   </si>
   <si>
     <t>П2-21-200</t>
   </si>
   <si>
     <t>HLP</t>
   </si>
   <si>
     <t>339.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Пробирка мерная;стекло;250мл;прозр.</t>
   </si>
   <si>
     <t>02040330</t>
   </si>
   <si>
     <t>3889.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1144,465 +1144,465 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0">
         <v>865</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L3" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" s="0">
         <v>2040205</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" s="0">
         <v>2040207</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D6" s="0">
         <v>866</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L6" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" s="0">
         <v>868</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L7" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D8" s="0">
         <v>867</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" s="0">
         <v>10001503</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L9" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" s="0">
         <v>10001501</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D11" s="0">
         <v>10001504</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D12" s="0">
         <v>10001505</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="L12" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D13" s="0">
         <v>10001502</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="L13" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D14" s="0"/>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>63</v>
+        <v>26</v>
       </c>
       <c r="L15" s="0">
         <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D16" s="0">
         <v>10000840</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>66</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>