--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -841,51 +841,53 @@
       <c r="C3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L3" s="0"/>
+      <c r="L3" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
@@ -1001,51 +1003,53 @@
       <c r="C8" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L8" s="0"/>
+      <c r="L8" s="0">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>