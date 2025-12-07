--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1149,51 +1149,53 @@
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L4" s="0"/>
+      <c r="L4" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="1" t="s">
@@ -1437,51 +1439,53 @@
       <c r="C13" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="L13" s="0"/>
+      <c r="L13" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="1" t="s">