--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -89,69 +89,69 @@
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Крышки для емкостей фуршетных</t>
   </si>
   <si>
     <t>393.00₸</t>
   </si>
   <si>
     <t>13 шт.</t>
   </si>
   <si>
     <t>Крышка для емкости фуршетной EB 582;пластик;D=83мм</t>
   </si>
   <si>
     <t>03173506</t>
   </si>
   <si>
     <t>3DE073</t>
   </si>
   <si>
     <t>18188.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
     <t>Крышка для емкости фуршетной;пластик;,H=53,L=310,B=250мм;прозр.</t>
   </si>
   <si>
     <t>04019080</t>
   </si>
   <si>
     <t>BU_TL1221</t>
   </si>
   <si>
     <t>Craster</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>77532.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка для емкости фуршетной;пластик;,H=53,L=515,B=310мм;прозр.</t>
   </si>
   <si>
     <t>04019081</t>
   </si>
   <si>
     <t>BU_TL1121</t>
   </si>
   <si>
     <t>94556.00₸</t>
   </si>
   <si>
     <t>Крышка для емкости фуршетной раздвижная;акрил;,H=90,L=520/300,B=335мм;прозр.</t>
   </si>
   <si>
     <t>04019082</t>
   </si>
   <si>
     <t>BU_SL002</t>
   </si>
   <si>
     <t>329114.00₸</t>
   </si>
@@ -844,173 +844,173 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="L4" s="0"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="L5" s="0"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="L6" s="0"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="0">
         <v>11878</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="L7" s="0"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="0">
         <v>11868</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">