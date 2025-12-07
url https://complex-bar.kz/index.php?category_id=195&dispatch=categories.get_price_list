--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -259,53 +259,50 @@
   <si>
     <t>Крышка для контейнера для продуктов RFSCW6, RFSCW8;поликарбонат;D=25,2см;прозр.</t>
   </si>
   <si>
     <t>04012579</t>
   </si>
   <si>
     <t>RFSC6148</t>
   </si>
   <si>
     <t>2018.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов RFSCW1;поликарбонат;D=15,4см;прозр.</t>
   </si>
   <si>
     <t>04012614</t>
   </si>
   <si>
     <t>RFSCWC1135</t>
   </si>
   <si>
     <t>1448.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для контейнера для продуктов RFCW6, RFCW8;поликарбонат;D=25,2см;прозр.</t>
   </si>
   <si>
     <t>04013902</t>
   </si>
   <si>
     <t>RFSCWC6135</t>
   </si>
   <si>
     <t>4490.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов 12183CW, 12186CW, 12189CW раздвижная;поликарбонат;,L=45,7,B=30,5</t>
   </si>
   <si>
     <t>04013904</t>
   </si>
   <si>
     <t>1218SCCW135</t>
   </si>
   <si>
     <t>22223.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов 12SFSCW, 18SFSCW, 22SFSCW;поликарбонат;,L=26,5,B=25,6см;прозр.</t>
@@ -340,117 +337,126 @@
   <si>
     <t>RFSCWC12</t>
   </si>
   <si>
     <t>11882.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов;полипроп.;,L=40,B=30см;серый</t>
   </si>
   <si>
     <t>04014257</t>
   </si>
   <si>
     <t>41763-30</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>12551.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,L=60,B=40см;красный</t>
+    <t>Крышка для ящика для продуктов  (от -30 до +60°C);полиэтилен;,L=60,B=40см;красный</t>
   </si>
   <si>
     <t>04014503</t>
   </si>
   <si>
+    <t>506/red</t>
+  </si>
+  <si>
     <t>Tara</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>7700.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов 506 морозостойкая;полиэтилен;,L=61,B=41см;белый</t>
+    <t>Крышка для ящика для продуктов 506 (от -30 до +60°C);полиэтилен;,L=61,B=41см;белый</t>
   </si>
   <si>
     <t>04014509</t>
   </si>
   <si>
+    <t>506/white</t>
+  </si>
+  <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов 503 морозостойкая;полиэтилен;,L=61,B=41см;зелен.</t>
+    <t>Крышка для ящика для продуктов 503 (от -30 до +60°C);полиэтилен;,L=61,B=41см;зелен.</t>
   </si>
   <si>
     <t>04014518</t>
   </si>
   <si>
+    <t>503/green</t>
+  </si>
+  <si>
     <t>6276.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов универсальная;полипроп.;,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04014716</t>
   </si>
   <si>
     <t>CASS6040CP</t>
   </si>
   <si>
     <t>Gimetal</t>
   </si>
   <si>
     <t>11019.00₸</t>
   </si>
   <si>
     <t>Крышка для ящика для продуктов 306/blue;полиэтилен;,H=27,L=532,B=400мм;синий</t>
   </si>
   <si>
     <t>04019064</t>
   </si>
   <si>
     <t>306-1/blue</t>
   </si>
   <si>
     <t>6160.00₸</t>
   </si>
   <si>
     <t>Крышка для ящика для продуктов 405/blue;полиэтилен;,H=2,L=43,B=33см;синий</t>
   </si>
   <si>
     <t>04019145</t>
   </si>
   <si>
-    <t>405К/blue</t>
+    <t>405-К/blue</t>
   </si>
   <si>
     <t>2849.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов;поликарбонат</t>
   </si>
   <si>
     <t>09100580</t>
   </si>
   <si>
     <t>90CWCN135</t>
   </si>
   <si>
     <t>5953.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов;поликарбонат;,L=17,6,B=16,2см;прозр.</t>
   </si>
   <si>
     <t>09100581</t>
   </si>
   <si>
     <t>60CWLN</t>
   </si>
@@ -559,132 +565,132 @@
   <si>
     <t>Крышка для контейнера для продуктов 12183P. 12186P. 12189P;полиэтилен;,L=45,7,B=30,5см;белый</t>
   </si>
   <si>
     <t>09100852</t>
   </si>
   <si>
     <t>1218CP148</t>
   </si>
   <si>
     <t>8624.00₸</t>
   </si>
   <si>
     <t>Крышка для контейнера для продуктов 18263P. 18266P. 18269P.182612P. 182615P;полиэтилен;,L=66,B=45,7с</t>
   </si>
   <si>
     <t>09100855</t>
   </si>
   <si>
     <t>1826CP148</t>
   </si>
   <si>
     <t>22176.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов ЕС 4322.2/grey;полиэтилен;,H=27,L=400,B=400мм;серый</t>
+    <t>Крышка для ящика для продуктов ЕС 4322.2/grey (от -18 до +50°C);полиэтилен;,H=27,L=400,B=300мм;серый</t>
   </si>
   <si>
     <t>04019161</t>
   </si>
   <si>
     <t>500 KLT/grey</t>
   </si>
   <si>
     <t>4582.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,H=4,L=41,B=61см;синий</t>
+    <t>Крышка для ящика для продуктов  (от -18 до +50°C);полиэтилен;,H=4,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04019189</t>
   </si>
   <si>
     <t>506-1/blue</t>
   </si>
   <si>
     <t>7161.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,H=4,L=41,B=61см;красный</t>
+    <t>Крышка для ящика для продуктов  (от -18 до +50°C);полиэтилен;,H=4,L=60,B=40см;красный</t>
   </si>
   <si>
     <t>04019187</t>
   </si>
   <si>
     <t>506-1/red</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов 603/blue морозостойкая;полиэтилен;,H=15,L=610,B=410мм;синий</t>
+    <t>Крышка для ящика для продуктов 603/blue (от -30 до +60°C);полиэтилен;,H=15,L=610,B=410мм;синий</t>
   </si>
   <si>
     <t>04019190</t>
   </si>
   <si>
     <t>503/blue</t>
   </si>
   <si>
     <t>7546.00₸</t>
   </si>
   <si>
     <t>Крышка для ящика для продуктов SPK 6017/grey (от 0 до +50 C);полипроп.;,H=1,L=60,B=40см;серый</t>
   </si>
   <si>
     <t>04019191</t>
   </si>
   <si>
     <t>Lid SPK 6040L</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>9895.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,H=4,L=41,B=61см;зелен.</t>
+    <t>Крышка для ящика для продуктов  (от -30 до +60°C);полиэтилен;,H=4,L=60,B=40см;зелен.</t>
   </si>
   <si>
     <t>04019199</t>
   </si>
   <si>
     <t>506/green</t>
   </si>
   <si>
     <t>7662.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>Крышка для ящика для продуктов  (от -30 до +60°C);полиэтилен;,H=4,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04019201</t>
   </si>
   <si>
     <t>506/blue</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов (для арт. 203-2/grey);полиэтилен;,H=4,L=41,B=61см;серый</t>
+    <t>Крышка для ящика для продуктов утяжеленная (для арт. 203-2/grey) (от -18 до +50°C);полиэтилен;,H=4,L</t>
   </si>
   <si>
     <t>04019202</t>
   </si>
   <si>
     <t>506-1 М/000/grey</t>
   </si>
   <si>
     <t>8278.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2836,1055 +2842,1055 @@
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>67</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>67</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>106</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="B22" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>112</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="D23" s="0">
-        <v>506</v>
+      <c r="D23" s="0" t="s">
+        <v>115</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>112</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>118</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>119</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>67</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>67</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>67</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="B41" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>205</v>
+        <v>51</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>185</v>
+        <v>207</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>110</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>