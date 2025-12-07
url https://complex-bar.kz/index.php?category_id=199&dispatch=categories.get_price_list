--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -94,51 +94,51 @@
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка для корзины для хлеба;пластик;D=38,H=20см;прозр.</t>
   </si>
   <si>
     <t>04080701</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>35521.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>04080707</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>30 шт.</t>
   </si>
   <si>
     <t>Крышка для корзины для хлеба «Проотель» 3217/A-01;акрил;,H=65,L=535,B=335мм;прозр.</t>
   </si>
   <si>
     <t>04082011</t>
   </si>
   <si>
     <t>CV03 cover</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>25599.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Крышка для корзины для хлеба «Проотель» 3 375;акрил;,H=12,L=43,5,B=29см;прозр.</t>
   </si>
@@ -892,51 +892,51 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="L6" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>