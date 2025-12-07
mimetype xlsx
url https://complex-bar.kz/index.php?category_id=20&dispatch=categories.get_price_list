--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -113,447 +113,447 @@
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>40125.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;0,5л;D=14,H=11,5см;серебрист.</t>
   </si>
   <si>
     <t>02040224</t>
   </si>
   <si>
     <t>512203-03</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>12205.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;1л;D=18,H=14см;серебрист.</t>
   </si>
   <si>
     <t>02040225</t>
   </si>
   <si>
     <t>512204-03</t>
   </si>
   <si>
     <t>16440.00₸</t>
   </si>
   <si>
     <t>28 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;1,5л;D=18,5,H=16,5см;серебрист.</t>
   </si>
   <si>
     <t>02040226</t>
   </si>
   <si>
     <t>512205-03</t>
   </si>
   <si>
     <t>21630.00₸</t>
   </si>
   <si>
-    <t>37 шт.</t>
+    <t>35 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;2л;D=17,5,H=20см;серебрист.</t>
   </si>
   <si>
     <t>02040227</t>
   </si>
   <si>
     <t>512206-03</t>
   </si>
   <si>
     <t>29522.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;250мл;D=122,H=73мм;серебрист.</t>
   </si>
   <si>
     <t>02040228</t>
   </si>
   <si>
     <t>512302-03</t>
   </si>
   <si>
     <t>5414.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;1л;D=19,H=13,5см;серебрист.</t>
   </si>
   <si>
     <t>02040229</t>
   </si>
   <si>
     <t>512304-03</t>
   </si>
   <si>
-    <t>12621.00₸</t>
+    <t>10395.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;2л;D=17,5,H=18,5см;серебрист.</t>
   </si>
   <si>
     <t>02040230</t>
   </si>
   <si>
     <t>512306-03</t>
   </si>
   <si>
-    <t>24741.00₸</t>
-[...2 lines deleted...]
-    <t>20 шт.</t>
+    <t>23870.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;1л;D=19,5,H=10,5см;серебрист.</t>
   </si>
   <si>
     <t>02040232</t>
   </si>
   <si>
     <t>512404-03</t>
   </si>
   <si>
     <t>13945.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;2л;D=22,H=14см;серебрист.</t>
   </si>
   <si>
     <t>02040233</t>
   </si>
   <si>
     <t>512406-03</t>
   </si>
   <si>
     <t>12998.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полипроп.;1л;D=11,5,H=17см;прозр.</t>
   </si>
   <si>
     <t>02040234</t>
   </si>
   <si>
     <t>47606-10</t>
   </si>
   <si>
     <t>7862.00₸</t>
   </si>
   <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;2л;D=15,H=21,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040235</t>
+  </si>
+  <si>
+    <t>47606-20</t>
+  </si>
+  <si>
+    <t>12536.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;0,5л;D=90,H=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040236</t>
+  </si>
+  <si>
+    <t>47606-05</t>
+  </si>
+  <si>
+    <t>5383.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;3л;D=17,5,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>02040238</t>
+  </si>
+  <si>
+    <t>47606-30</t>
+  </si>
+  <si>
+    <t>16540.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;5л;D=20,5,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>02040239</t>
+  </si>
+  <si>
+    <t>47606-50</t>
+  </si>
+  <si>
+    <t>17495.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;1л;D=12,H=16,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040240</t>
+  </si>
+  <si>
+    <t>47607-10</t>
+  </si>
+  <si>
+    <t>8694.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;2л;D=14,5,H=21см;прозр.</t>
+  </si>
+  <si>
+    <t>02040241</t>
+  </si>
+  <si>
+    <t>47607-20</t>
+  </si>
+  <si>
+    <t>14399.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;сталь нерж.;1л;D=15,H=13,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040244</t>
+  </si>
+  <si>
+    <t>42581-10</t>
+  </si>
+  <si>
+    <t>19173.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;2л;D=17/23,H=15,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02040247</t>
+  </si>
+  <si>
+    <t>47608-20</t>
+  </si>
+  <si>
+    <t>20623.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный с ручкой;полипроп.;250мл;D=72,H=120мм;прозр.</t>
+  </si>
+  <si>
+    <t>02040248</t>
+  </si>
+  <si>
+    <t>47606-02</t>
+  </si>
+  <si>
+    <t>5367.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный «Проотель» с ручкой;сталь нерж.;0,5л;D=123,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02040249</t>
+  </si>
+  <si>
+    <t>MJ05</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>5873.00₸</t>
+  </si>
+  <si>
+    <t>Стакан мерный «Проотель» с ручкой;сталь нерж.;1л;D=14,5,H=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040250</t>
+  </si>
+  <si>
+    <t>MJ1</t>
+  </si>
+  <si>
+    <t>7952.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Стакан мерный «Проотель» с ручкой;сталь нерж.;2л;D=17,H=17,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02040251</t>
+  </si>
+  <si>
+    <t>MJ2</t>
+  </si>
+  <si>
+    <t>12439.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Стакан мерный с ручкой;полипроп.;2л;D=15,H=21,5см;прозр.</t>
-[...157 lines deleted...]
-  <si>
     <t>Стакан мерный «Проотель» с ручкой;сталь нерж.;250мл;D=95,H=75мм;серебрист.</t>
   </si>
   <si>
     <t>02040252</t>
   </si>
   <si>
     <t>MJ250</t>
   </si>
   <si>
     <t>3556.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полипроп.;5л;D=20,5,H=26см;прозр.</t>
   </si>
   <si>
     <t>02040253</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>26750.00₸</t>
   </si>
   <si>
     <t>Стакан мерный;стекло;0,6л;D=8,H=16см;прозр.</t>
   </si>
   <si>
     <t>02040254</t>
   </si>
   <si>
     <t>3419.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полипроп.;1л;D=10,H=18см;прозр.</t>
   </si>
   <si>
     <t>02040255</t>
   </si>
   <si>
     <t>11227.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стакан мерный с ручкой;полипроп.;3л;D=17,H=23см;прозр.</t>
   </si>
   <si>
     <t>02040256</t>
   </si>
   <si>
     <t>23147.00₸</t>
   </si>
   <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
     <t>Стакан мерный с ручкой;сталь нерж.;250мл;D=10,H=8см;серебрист.</t>
   </si>
   <si>
     <t>02040257</t>
   </si>
   <si>
     <t>8686.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;0,5л;D=11,5,H=12см;серебрист.</t>
   </si>
   <si>
     <t>02040258</t>
   </si>
   <si>
     <t>18865.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;поликарбонат;1л;D=13,H=18см;прозр.</t>
   </si>
   <si>
     <t>02040260</t>
   </si>
   <si>
     <t>9148.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полипроп.;1л;D=12,H=17см;прозр.</t>
   </si>
   <si>
     <t>02040262</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>4713.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полипроп.;2л;D=15,H=20,5см;прозр.</t>
   </si>
   <si>
     <t>02040263</t>
   </si>
   <si>
-    <t>5252.00₸</t>
+    <t>8301.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полипроп.;5л;D=20,H=27см;прозр.</t>
   </si>
   <si>
     <t>02040265</t>
   </si>
   <si>
     <t>10573.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;100мл;D=5,H=5см;серебрист.</t>
   </si>
   <si>
     <t>02040266</t>
   </si>
   <si>
     <t>5937.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;2л;D=20,H=19см;серебрист.</t>
   </si>
   <si>
     <t>02040267</t>
   </si>
@@ -563,101 +563,104 @@
   <si>
     <t>Стакан мерный с ручкой;поликарбонат;2л;D=14,5,H=23см;прозр.</t>
   </si>
   <si>
     <t>02040269</t>
   </si>
   <si>
     <t>200MCCW135</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>15932.00₸</t>
   </si>
   <si>
     <t>Стакан мерный «Н-1-800 ТС» ГОСТ 25336-82;термост.стекло;0,8л;D=10,H=13,5см;прозр.</t>
   </si>
   <si>
     <t>02040286</t>
   </si>
   <si>
-    <t>1833.00₸</t>
+    <t>4613.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полипроп.;250мл;D=75,H=120мм;прозр.</t>
   </si>
   <si>
     <t>02040289</t>
   </si>
   <si>
     <t>5152.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полипроп.;1л;D=14,5,H=14см;прозр.</t>
   </si>
   <si>
     <t>02040290</t>
   </si>
   <si>
     <t>KL</t>
   </si>
   <si>
     <t>2041.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полистирол;0,5л;D=94,H=119мм;прозр.</t>
   </si>
   <si>
     <t>02040291</t>
   </si>
   <si>
     <t>435228001/437210101</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>547.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;полистирол;1л;D=12,H=16см;прозр.</t>
   </si>
   <si>
     <t>02040292</t>
   </si>
   <si>
     <t>435228101/437210201</t>
   </si>
   <si>
     <t>732.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
     <t>Стакан мерный с ручкой;полипроп.;1,3л;D=20,H=14см;прозр.</t>
   </si>
   <si>
     <t>02040293</t>
   </si>
   <si>
     <t>770.00₸</t>
   </si>
   <si>
     <t>Стакан мерный;полипроп.;100мл;D=14,H=17см;прозр.</t>
   </si>
   <si>
     <t>02040305</t>
   </si>
   <si>
     <t>HLP</t>
   </si>
   <si>
     <t>4782.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;сталь нерж.;100мл;D=75,H=50мм;серебрист.</t>
   </si>
   <si>
     <t>02040311</t>
@@ -689,51 +692,51 @@
   <si>
     <t>42581-05</t>
   </si>
   <si>
     <t>9710.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;0,5л;,H=153,L=150,B=90мм;белый</t>
   </si>
   <si>
     <t>02040336</t>
   </si>
   <si>
     <t>JD-PP8591</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>1617.00₸</t>
   </si>
   <si>
-    <t>Кувшин мерный;пластик;1л;,H=18,8,L=18,B=11,6см;белый</t>
+    <t>Стакан мерный с ручкой;пластик;1л;,H=18,8,L=18,B=11,6см;белый</t>
   </si>
   <si>
     <t>02040337</t>
   </si>
   <si>
     <t>JD-PP8592</t>
   </si>
   <si>
     <t>1995.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;2л;,H=23,L=22,B=15см;белый</t>
   </si>
   <si>
     <t>02040338</t>
   </si>
   <si>
     <t>JD-PP8593</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;3л;,H=26,L=24,B=17см;белый</t>
   </si>
@@ -803,126 +806,135 @@
   <si>
     <t>Стакан мерный с ручкой;полипроп.;250мл;D=7,H=12см;прозр.</t>
   </si>
   <si>
     <t>02040342</t>
   </si>
   <si>
     <t>47607-02</t>
   </si>
   <si>
     <t>4844.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;1л;прозр.</t>
   </si>
   <si>
     <t>02040344</t>
   </si>
   <si>
     <t>CFTRA 2</t>
   </si>
   <si>
     <t>Martellato</t>
   </si>
   <si>
-    <t>10149.00₸</t>
+    <t>12320.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;2л;прозр.</t>
   </si>
   <si>
     <t>02040345</t>
   </si>
   <si>
     <t>CFTRA 3</t>
   </si>
   <si>
-    <t>18080.00₸</t>
+    <t>21560.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;3л;прозр.</t>
   </si>
   <si>
     <t>02040346</t>
   </si>
   <si>
     <t>CFTRA 4</t>
   </si>
   <si>
-    <t>24841.00₸</t>
+    <t>29645.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;6л;полупрозр.</t>
   </si>
   <si>
     <t>02040347</t>
   </si>
   <si>
     <t>CFTRA 6</t>
   </si>
   <si>
-    <t>19643.00₸</t>
+    <t>23485.00₸</t>
   </si>
   <si>
     <t>Стакан мерный с ручкой;пластик;0,5л;прозр.</t>
   </si>
   <si>
     <t>02040300</t>
   </si>
   <si>
     <t>CFTRA 1</t>
   </si>
   <si>
-    <t>9102.00₸</t>
+    <t>10780.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с носиком и ручкой градуированный;полипроп.;3л;D=15,5,H=21,8см;прозр.</t>
   </si>
   <si>
     <t>02040349</t>
   </si>
   <si>
     <t>MMD</t>
   </si>
   <si>
     <t>4137.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Стакан мерный с носиком и ручкой градуированный;полипроп.;2л;D=12,6,H=20,1см;прозр.</t>
   </si>
   <si>
     <t>02040350</t>
   </si>
   <si>
     <t>2912.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>39 шт.</t>
   </si>
   <si>
     <t>Стакан мерный с носиком и ручкой градуированный;полипроп.;5л;D=19,5,H=25,9см;прозр.</t>
   </si>
   <si>
     <t>02040348</t>
   </si>
   <si>
     <t>6986.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -3570,563 +3582,563 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>61</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>37</v>
+        <v>83</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>99</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>100</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>101</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>47</v>
       </c>
       <c r="L20" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="E23" s="0" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>52</v>
       </c>
       <c r="L23" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="D24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="L24" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>75</v>
+        <v>128</v>
       </c>
       <c r="L25" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>131</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>132</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="L26" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D27" s="0">
         <v>251005</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>136</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
@@ -4178,83 +4190,83 @@
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D29" s="0">
         <v>251001</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>136</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>143</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D30" s="0">
         <v>251003</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>136</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>47</v>
+        <v>147</v>
       </c>
       <c r="L30" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D31" s="0">
         <v>251102</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>136</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
@@ -4368,51 +4380,53 @@
         <v>162</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D35" s="0">
         <v>9306200</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>159</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>160</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>164</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L35" s="0"/>
+      <c r="L35" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D36" s="0">
         <v>9306500</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>159</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>160</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>167</v>
       </c>
@@ -4608,803 +4622,813 @@
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>192</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>193</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>75</v>
+        <v>128</v>
       </c>
       <c r="L43" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>197</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>193</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>52</v>
+        <v>199</v>
       </c>
       <c r="L44" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D45" s="0">
         <v>431287301</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>193</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>75</v>
+        <v>128</v>
       </c>
       <c r="L45" s="0">
         <v>35</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D46" s="0">
         <v>608081</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>160</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="L50" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="L51" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>132</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="L52" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>52</v>
       </c>
       <c r="L53" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="L54" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D55" s="0">
         <v>759420</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>75</v>
+        <v>128</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D56" s="0">
         <v>607081</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>160</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D57" s="0">
         <v>251110</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>136</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>177</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>52</v>
       </c>
       <c r="L59" s="0">
         <v>54</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L60" s="0"/>
+        <v>264</v>
+      </c>
+      <c r="L60" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L61" s="0"/>
+        <v>269</v>
+      </c>
+      <c r="L61" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L62" s="0"/>
+        <v>274</v>
+      </c>
+      <c r="L62" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L63" s="0"/>
+        <v>264</v>
+      </c>
+      <c r="L63" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L64" s="0"/>
+        <v>283</v>
+      </c>
+      <c r="L64" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="D65" s="0">
         <v>11000832</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>283</v>
+        <v>74</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D66" s="0">
         <v>11000106</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D67" s="0">
         <v>11000833</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>75</v>
+        <v>128</v>
       </c>
       <c r="L67" s="0">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>