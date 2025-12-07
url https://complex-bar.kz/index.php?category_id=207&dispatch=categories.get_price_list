--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -176,51 +176,51 @@
   <si>
     <t>04012525</t>
   </si>
   <si>
     <t>017003</t>
   </si>
   <si>
     <t>61955.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита круглая с разделителем;фарфор;D=370,H=57мм;белый</t>
   </si>
   <si>
     <t>04012527</t>
   </si>
   <si>
     <t>44355-30</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>130954.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Емкость для мармита круглая для 12353, 12371;сталь нерж.;6л;D=39см;серебрист.</t>
   </si>
   <si>
     <t>04012896</t>
   </si>
   <si>
     <t>25426.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита круглая для 12354, 12372, 12399;сталь нерж.;10л;D=28,7,H=22см;серебрист.</t>
   </si>
   <si>
     <t>04013624</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>21392.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита круглая;фарфор;D=330,H=57мм;белый</t>
   </si>
@@ -326,69 +326,66 @@
   <si>
     <t>Емкость для мармита для 12330, 12335,12336, 12337,12338, 12339;фарфор;D=295,H=90мм;белый</t>
   </si>
   <si>
     <t>04019149</t>
   </si>
   <si>
     <t>92239.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита 12228 с крышкой;сталь нерж.;4,5л;D=20,H=18см;серебрист.</t>
   </si>
   <si>
     <t>04148515</t>
   </si>
   <si>
     <t>30192.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита для 12330, 12335,12336, 12337;сталь нерж.;4л;D=305,H=80мм;серебрист.</t>
   </si>
   <si>
     <t>04151313</t>
   </si>
   <si>
-    <t>42874.00₸</t>
+    <t>45731.00₸</t>
   </si>
   <si>
     <t>47 шт.</t>
   </si>
   <si>
     <t>Емкость для мармита X85887-1;сталь;4л;D=21/16,5,H=17см</t>
   </si>
   <si>
     <t>04019143</t>
   </si>
   <si>
     <t>Sunnex</t>
   </si>
   <si>
     <t>35700.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>7 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1861,51 +1858,51 @@
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
@@ -2047,51 +2044,51 @@
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D23" s="0">
         <v>21288</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>107</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>59</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>108</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>