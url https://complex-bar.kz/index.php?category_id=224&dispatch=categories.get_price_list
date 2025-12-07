--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -152,147 +152,141 @@
   <si>
     <t>Комплект д/кубиков д/R502,CL50;,H=5,L=5,B=5мм</t>
   </si>
   <si>
     <t>07020218</t>
   </si>
   <si>
     <t>28110/28110W</t>
   </si>
   <si>
     <t>286656.00₸</t>
   </si>
   <si>
     <t>Комплект д/кубиков д/R502,CL50;,H=2,L=2,B=2см</t>
   </si>
   <si>
     <t>07020219</t>
   </si>
   <si>
     <t>28114/28114W</t>
   </si>
   <si>
     <t>244029.00₸</t>
   </si>
   <si>
+    <t>Комплект д/кубиков «Бистро» д/R402,CL40,30;D=190,H=8,L=8,B=8мм</t>
+  </si>
+  <si>
+    <t>07020221</t>
+  </si>
+  <si>
+    <t>27113/27113W</t>
+  </si>
+  <si>
+    <t>231054.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Комплект д/пригот.фри «Бистро» д/R402,CL40,30;D=173,H=11,L=10,B=10мм</t>
+  </si>
+  <si>
+    <t>07020222</t>
+  </si>
+  <si>
+    <t>27117/27117W</t>
+  </si>
+  <si>
+    <t>239701.00₸</t>
+  </si>
+  <si>
+    <t>Комплект д/пригот.фри «Бистро» д/R402,CL40,30;,L=8,B=8мм</t>
+  </si>
+  <si>
+    <t>07020223</t>
+  </si>
+  <si>
+    <t>27116/27116W</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Комплект д/кубиков «Бистро» д/R402,CL40,30;D=19,H=1,L=1,B=1см</t>
+  </si>
+  <si>
+    <t>07020224</t>
+  </si>
+  <si>
+    <t>159367.00₸</t>
+  </si>
+  <si>
+    <t>Комплект д/приготов.фри д/CL50,CL52;,L=8,B=8мм</t>
+  </si>
+  <si>
+    <t>07020239</t>
+  </si>
+  <si>
+    <t>28134W</t>
+  </si>
+  <si>
+    <t>300247.00₸</t>
+  </si>
+  <si>
+    <t>Комплект д/кубиков д/R402,CL40,CL30Bistro;,H=12,L=12,B=12мм</t>
+  </si>
+  <si>
+    <t>07020240</t>
+  </si>
+  <si>
+    <t>27298/27298W</t>
+  </si>
+  <si>
+    <t>Комплект д/кубиков д/R502,CL50,CL52;,H=25,L=25,B=25мм</t>
+  </si>
+  <si>
+    <t>07020241</t>
+  </si>
+  <si>
+    <t>Комплект д/кубиков д/R502, CL50;,H=14,L=14,B=14мм</t>
+  </si>
+  <si>
+    <t>07020247</t>
+  </si>
+  <si>
+    <t>Толкатель: комплект для овощерезки CL50</t>
+  </si>
+  <si>
+    <t>07020300</t>
+  </si>
+  <si>
+    <t>140164.00₸</t>
+  </si>
+  <si>
     <t>Комплект д/кубиков д/R502,CL50;,H=8,L=8,B=8мм</t>
-  </si>
-[...94 lines deleted...]
-    <t>140164.00₸</t>
   </si>
   <si>
     <t>07020903</t>
   </si>
   <si>
     <t>28111/28111W</t>
   </si>
   <si>
     <t>269216.00₸</t>
   </si>
   <si>
     <t>07020905</t>
   </si>
   <si>
     <t>28113/28113W</t>
   </si>
   <si>
     <t>242897.00₸</t>
   </si>
   <si>
     <t>07020907</t>
   </si>
   <si>
     <t>28115/28115W</t>
   </si>
@@ -343,51 +337,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808303-814A-11E9-BBBA-005056921CC41.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808304-814A-11E9-BBBA-005056921CC42.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145C4DC-21C4-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB95-424F-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3964DDF-2230-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451B1-4251-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA80B2B3-727F-11EE-BC0F-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC8E-4250-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC8F-4250-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CECA0-4250-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159282-4250-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159283-4250-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F615929B-4250-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD90C779-2230-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D482-4251-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4B0-4251-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4B1-4251-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E228A-4251-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFBFAD67-FECF-11EC-BBFA-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AECBB-AB62-11EC-BBFA-005056921CC420.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C871EEE-AB63-11EC-BBFA-005056921CC421.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76C420F4-AB64-11EC-BBFA-005056921CC422.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34597A4D-4769-11EA-BBCE-005056921CC423.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808303-814A-11E9-BBBA-005056921CC41.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808304-814A-11E9-BBBA-005056921CC42.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145C4DC-21C4-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB95-424F-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3964DDF-2230-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451B1-4251-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA80B2B3-727F-11EE-BC0F-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC8E-4250-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC8F-4250-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159282-4250-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159283-4250-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F615929B-4250-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD90C779-2230-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D482-4251-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4B0-4251-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4B1-4251-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E228A-4251-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFBFAD67-FECF-11EC-BBFA-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AECBB-AB62-11EC-BBFA-005056921CC419.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C871EEE-AB63-11EC-BBFA-005056921CC420.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76C420F4-AB64-11EC-BBFA-005056921CC421.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34597A4D-4769-11EA-BBCE-005056921CC422.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1008,80 +1002,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1327,62 +1291,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-8mm-d-ovoscherezki-matfer-04072740/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-10mm-d-ovoscherezki-matfer-04072741/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-168mm-d-ovoschey-matfer-04072742/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofpyure-1-5mmd-cl50-52-55-60-robot-coupe-07010291/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofelnogo-pyure-3mm-d-cl50-robot-coupe-07011227/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-ochistki-reshetok-d-narkubikov-robot-coupe-07011228/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofpyure-2mmd-cl50-52-55-60-robot-coupe-07020217/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020219/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020220/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-robot-coupe-07020221/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotfri-robot-coupe-07020222/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotfri-robot-coupe-07020223/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-robot-coupe-07020224/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotovfri-d-cl50-cl52-robot-coupe-07020239/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r402-cl40-cl30bistro-robot-coupe-07020240/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-cl52-robot-coupe-07020241/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020247/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-komplekt-dlya-ovoscherezki-cl50-robot-coupe-07020300/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020903/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020905/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-cl52-robot-coupe-07020907/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-napravlyayuschih-elementov-os-d-ovosch-cl50-robot-coupe-07021912/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-8mm-d-ovoscherezki-matfer-04072740/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-10mm-d-ovoscherezki-matfer-04072741/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-168mm-d-ovoschey-matfer-04072742/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofpyure-1-5mmd-cl50-52-55-60-robot-coupe-07010291/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofelnogo-pyure-3mm-d-cl50-robot-coupe-07011227/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-ochistki-reshetok-d-narkubikov-robot-coupe-07011228/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofpyure-2mmd-cl50-52-55-60-robot-coupe-07020217/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020219/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-robot-coupe-07020221/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotfri-robot-coupe-07020222/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotfri-robot-coupe-07020223/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-robot-coupe-07020224/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotovfri-d-cl50-cl52-robot-coupe-07020239/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r402-cl40-cl30bistro-robot-coupe-07020240/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-cl52-robot-coupe-07020241/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020247/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-komplekt-dlya-ovoscherezki-cl50-robot-coupe-07020300/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020903/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020905/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-cl52-robot-coupe-07020907/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-napravlyayuschih-elementov-os-d-ovosch-cl50-robot-coupe-07021912/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L24"/>
+  <dimension ref="A1:L23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I24" sqref="I24"/>
+      <selection activeCell="I23" sqref="I23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1691,514 +1655,481 @@
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="D11" s="0">
-        <v>28111</v>
+      <c r="D11" s="0" t="s">
+        <v>47</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>59</v>
+      </c>
+      <c r="D14" s="0">
+        <v>27114</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>27114</v>
+        <v>62</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>63</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D17" s="0" t="s">
         <v>69</v>
+      </c>
+      <c r="D17" s="0">
+        <v>28115</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="0">
-        <v>28115</v>
+        <v>28113</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="0">
-        <v>28113</v>
+        <v>39701</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L19" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="D20" s="0">
-        <v>39701</v>
+      <c r="D20" s="0" t="s">
+        <v>77</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L20" s="0"/>
+      <c r="L20" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>86</v>
+      </c>
+      <c r="D23" s="0">
+        <v>39702</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="L23" s="0">
-        <v>1</v>
-[...30 lines deleted...]
-      <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
-    <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>