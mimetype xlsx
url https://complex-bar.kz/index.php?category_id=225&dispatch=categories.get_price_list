--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -74,71 +74,68 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Нож д/мандолины арт.49830-60 (38 лезвий);сталь нерж.</t>
   </si>
   <si>
     <t>04070419</t>
   </si>
   <si>
     <t>49830-AA</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Лезвия для овощерезок</t>
   </si>
   <si>
     <t>73043.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Гребенка 2мм д/арт.2012.01</t>
   </si>
   <si>
     <t>04071764</t>
   </si>
   <si>
     <t>De Buyer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>26750.00₸</t>
   </si>
   <si>
-    <t>0 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож д/овощерезки 49823-00</t>
   </si>
   <si>
     <t>04072729</t>
   </si>
   <si>
     <t>49823-AE</t>
   </si>
   <si>
     <t>18681.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Нож 3мм д/арт.215001 (мандолина)</t>
   </si>
   <si>
     <t>04072748</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>54247.00₸</t>
@@ -152,57 +149,60 @@
   <si>
     <t>49829-BA</t>
   </si>
   <si>
     <t>125310.00₸</t>
   </si>
   <si>
     <t>Набор ножей-гребенок д/мандолины арт.4070440[3шт]</t>
   </si>
   <si>
     <t>04072764</t>
   </si>
   <si>
     <t>UTL-00183</t>
   </si>
   <si>
     <t>37191.00₸</t>
   </si>
   <si>
     <t>Гребенка 3мм д/мандолины 2012.01;сталь нерж.;зелен.</t>
   </si>
   <si>
     <t>04072767</t>
   </si>
   <si>
-    <t>22407.00₸</t>
+    <t>28336.00₸</t>
   </si>
   <si>
     <t>Гребенка 4мм д/мандолины 2012.01;сталь нерж.;красный</t>
   </si>
   <si>
     <t>04072768</t>
+  </si>
+  <si>
+    <t>28213.00₸</t>
   </si>
   <si>
     <t>Запасной нож д/арт. 215050;сталь нерж.</t>
   </si>
   <si>
     <t>04160304</t>
   </si>
   <si>
     <t>55587.00₸</t>
   </si>
   <si>
     <t>Лезвие д/диска слайсера овощерезки д/CL50</t>
   </si>
   <si>
     <t>07020229</t>
   </si>
   <si>
     <t>Robot Coupe</t>
   </si>
   <si>
     <t>32133.00₸</t>
   </si>
   <si>
     <t>Лезвие д/диска слайсера для CL50</t>
   </si>
@@ -979,365 +979,365 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0">
         <v>2012.91</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="0" t="s">
+      <c r="D4" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D5" s="0">
         <v>215010</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D8" s="0">
         <v>2012.94</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D9" s="0">
         <v>2012.92</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="B10" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="0">
         <v>215051</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>50</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L10" s="0"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="0">
         <v>29564</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="0">
         <v>29780</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>58</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="B13" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="0">
         <v>215133</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>61</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L13" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>