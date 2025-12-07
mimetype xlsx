--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -89,144 +89,144 @@
   <si>
     <t>Крышки для подносов фуршетных</t>
   </si>
   <si>
     <t>11550.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного 00064;пластик;,H=10,L=29,5,B=13,5см;прозр.</t>
   </si>
   <si>
     <t>03171643</t>
   </si>
   <si>
     <t>06401</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
-    <t>5029.00₸</t>
+    <t>5360.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного с отверстием;полипроп.,сталь нерж.;,H=20,L=54,B=33см;прозр.</t>
   </si>
   <si>
     <t>04013947</t>
   </si>
   <si>
     <t>ТАЙВАНЬ (КИТАЙ)</t>
   </si>
   <si>
     <t>69262.00₸</t>
   </si>
   <si>
-    <t>34 шт.</t>
+    <t>23 шт.</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного (11514, 11541, 11503);пластик;,H=17,L=53,B=32,5см;прозр.</t>
   </si>
   <si>
     <t>04080705</t>
   </si>
   <si>
     <t>85393.00₸</t>
   </si>
   <si>
-    <t>35 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного «Фрэймс»;поликарбонат;,H=19,4,L=53,5,B=30,3см;прозр.</t>
   </si>
   <si>
     <t>04080709</t>
   </si>
   <si>
     <t>Frames</t>
   </si>
   <si>
     <t>86541.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>3 шт.</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного;пластик;,L=53,B=32,5см</t>
   </si>
   <si>
     <t>04080711</t>
   </si>
   <si>
     <t>27066.00₸</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного;пластик;D=38см</t>
   </si>
   <si>
     <t>04080712</t>
   </si>
   <si>
     <t>20575.00₸</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного;поликарбонат;,L=53,B=32,5см</t>
   </si>
   <si>
     <t>04080716</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Buffet</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>63641.00₸</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного д/буфета(к гаст-ти 1/1);поликарбонат;,H=17,L=53,B=32,5см</t>
   </si>
   <si>
     <t>04080721</t>
   </si>
   <si>
     <t>Sunday</t>
   </si>
   <si>
-    <t>76161.00₸</t>
+    <t>95812.00₸</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного;полистирол;,H=65,L=216,B=162мм;прозр.</t>
   </si>
   <si>
     <t>04080722</t>
   </si>
   <si>
     <t>06701</t>
   </si>
   <si>
     <t>4135.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного;сталь нерж.;D=30,H=9см</t>
   </si>
   <si>
     <t>04080725</t>
   </si>
   <si>
     <t>519910L</t>
   </si>
@@ -240,53 +240,50 @@
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>16825.00₸</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного;пластик;,H=95,L=530,B=325мм;прозр.</t>
   </si>
   <si>
     <t>04080726</t>
   </si>
   <si>
     <t>29407.00₸</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного;поликарбонат;,H=17,L=440,B=335мм</t>
   </si>
   <si>
     <t>04080738</t>
   </si>
   <si>
     <t>09013</t>
   </si>
   <si>
     <t>19866.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>3 шт.</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного с боковым отверстием;пластик;,H=20,L=54,B=33см</t>
   </si>
   <si>
     <t>04080739</t>
   </si>
   <si>
     <t>74929.00₸</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного;поликарбонат;,H=15,L=32,5,B=26,5см</t>
   </si>
   <si>
     <t>04080742</t>
   </si>
   <si>
     <t>79526.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Крышка для подноса фуршетного 13122;полистирол;,H=75,L=355,B=248мм</t>
   </si>
@@ -1634,175 +1631,175 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D15" s="0">
         <v>11028</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D16" s="0">
         <v>12008</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D17" s="0">
         <v>18121</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D18" s="0">
         <v>322018</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>