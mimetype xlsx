--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -101,51 +101,51 @@
   <si>
     <t>Баллончик масляный тип L 80 часов;пластик;D=58,H=126мм;белый</t>
   </si>
   <si>
     <t>04140504</t>
   </si>
   <si>
     <t>10L</t>
   </si>
   <si>
     <t>4551.00₸</t>
   </si>
   <si>
     <t>Баллончик масляный тип H 120ч;пластик;D=58,H=163мм;белый</t>
   </si>
   <si>
     <t>04140510</t>
   </si>
   <si>
     <t>00H</t>
   </si>
   <si>
     <t>6384.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
+    <t>37 шт.</t>
   </si>
   <si>
     <t>Баллончик масляный тип 60А (40ч);пластик;D=45,H=110мм;белый,красный</t>
   </si>
   <si>
     <t>04140511</t>
   </si>
   <si>
     <t>60A</t>
   </si>
   <si>
     <t>2834.00₸</t>
   </si>
   <si>
     <t>Баллончик масляный тип S 60ч;пластик;D=45,H=135мм;белый,красный</t>
   </si>
   <si>
     <t>04140512</t>
   </si>
   <si>
     <t>55S</t>
   </si>
   <si>
     <t>4420.00₸</t>
   </si>