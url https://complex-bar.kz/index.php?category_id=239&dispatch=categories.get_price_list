--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -95,245 +95,245 @@
   <si>
     <t>23470.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Сито р-р ячейки 2,5*1,4;сталь нерж.;D=21,H=8см;металлич.</t>
   </si>
   <si>
     <t>04140807</t>
   </si>
   <si>
     <t>509055-21</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>16471.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Сито для муки р-р ячейки 1.0*1.0;сталь нерж.;D=300,H=85мм;металлич.</t>
   </si>
   <si>
     <t>04140808</t>
   </si>
   <si>
     <t>509055-30</t>
   </si>
   <si>
     <t>25387.00₸</t>
   </si>
   <si>
+    <t>Сито для муки р-р ячейки 1,5*1,0;сталь нерж.;D=300,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140809</t>
+  </si>
+  <si>
+    <t>509056-30</t>
+  </si>
+  <si>
+    <t>25973.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки р-р ячейки 2,0*2,0;сталь нерж.;D=300,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140810</t>
+  </si>
+  <si>
+    <t>509057-30</t>
+  </si>
+  <si>
+    <t>23079.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Сито для муки р-р ячейки 1,5*1,0;сталь нерж.;D=300,H=85мм;металлич.</t>
-[...22 lines deleted...]
-  <si>
     <t>Сито для муки ячейки 0,5*0,5мм;сталь нерж.;D=30см;серебрист.</t>
   </si>
   <si>
     <t>04140814</t>
   </si>
   <si>
     <t>14000300IVV</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>23821.00₸</t>
   </si>
   <si>
     <t>Сито для муки ячейки 1*1мм;сталь нерж.;D=20см;серебрист.</t>
   </si>
   <si>
     <t>04140816</t>
   </si>
   <si>
     <t>14020200IVV</t>
   </si>
   <si>
     <t>10808.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>Сито для муки ячейки 1*1мм;сталь нерж.;D=30см;серебрист.</t>
   </si>
   <si>
     <t>04140817</t>
   </si>
   <si>
     <t>14020300IVV</t>
   </si>
   <si>
     <t>25445.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Сито для муки ячейки 1*1мм;сталь нерж.;D=35см;серебрист.</t>
   </si>
   <si>
     <t>04140818</t>
   </si>
   <si>
     <t>14020350IVV</t>
   </si>
   <si>
     <t>36995.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сито для муки;сталь нерж.;D=30см;серебрист.</t>
   </si>
   <si>
     <t>04140819</t>
   </si>
   <si>
     <t>14040300IVV</t>
   </si>
   <si>
     <t>31185.00₸</t>
   </si>
   <si>
     <t>Сито для муки;сталь нерж.;D=34см;серебрист.</t>
   </si>
   <si>
     <t>04140859</t>
   </si>
   <si>
     <t>12605-34</t>
   </si>
   <si>
     <t>46670.00₸</t>
   </si>
   <si>
     <t>Сито для муки «Проотель»  ячейки 1*1мм;сталь нерж.;D=40,H=6см;металлич.</t>
   </si>
   <si>
     <t>04140860</t>
   </si>
   <si>
     <t>SS40</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>41755.00₸</t>
   </si>
   <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
     <t>Сито для муки «Проотель»  ячейки 1*1мм;сталь нерж.;D=21см;серебрист.</t>
   </si>
   <si>
     <t>04140862</t>
   </si>
   <si>
     <t>SS21</t>
   </si>
   <si>
     <t>5810.00₸</t>
   </si>
   <si>
-    <t>более 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сито;сталь;D=34см;металлич.</t>
   </si>
   <si>
     <t>04140868</t>
   </si>
   <si>
     <t>12606-34</t>
   </si>
   <si>
     <t>36545.00₸</t>
   </si>
   <si>
     <t>Сито для муки «Проотель» (размер ячейки 1х1 мм);сталь нерж.;D=290,H=68мм;металлич.</t>
   </si>
   <si>
     <t>04140871</t>
   </si>
   <si>
     <t>SS29</t>
   </si>
   <si>
     <t>14350.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сито для муки «Проотель» ячейки 1*1мм;сталь нерж.;D=16см;серебрист.</t>
   </si>
   <si>
     <t>04140872</t>
   </si>
   <si>
     <t>SS16</t>
   </si>
   <si>
     <t>5250.00₸</t>
   </si>
   <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
     <t>Сито для гренок;сталь нерж.;D=30см;серебрист.</t>
   </si>
   <si>
     <t>04140885</t>
   </si>
   <si>
     <t>12607-30</t>
   </si>
   <si>
     <t>35975.00₸</t>
   </si>
   <si>
     <t>Сито для муки р-р ячейки 0,23мм[3шт];сталь нерж.;,H=6см;металлич.</t>
   </si>
   <si>
     <t>04140886</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>56842.00₸</t>
@@ -393,53 +393,50 @@
     <t>12606-30</t>
   </si>
   <si>
     <t>26565.00₸</t>
   </si>
   <si>
     <t>Сито для муки;сталь нерж.;D=22,H=8см</t>
   </si>
   <si>
     <t>04145644</t>
   </si>
   <si>
     <t>12605-22</t>
   </si>
   <si>
     <t>29784.00₸</t>
   </si>
   <si>
     <t>Сито для муки с 4 съемными сетками;сталь нерж.;D=21см;серебрист.</t>
   </si>
   <si>
     <t>04145659</t>
   </si>
   <si>
     <t>62771.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>1 шт.</t>
   </si>
   <si>
     <t>Сито (4 сьемные сетки);сталь нерж.;D=260,H=68мм</t>
   </si>
   <si>
     <t>04145665</t>
   </si>
   <si>
     <t>60646.00₸</t>
   </si>
   <si>
     <t>Сито;сталь нерж.;D=21,H=48см;металлич.</t>
   </si>
   <si>
     <t>509056-21</t>
   </si>
   <si>
     <t>21922.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1762,115 +1759,115 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="L6" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
@@ -1890,115 +1887,115 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="L10" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
@@ -2050,83 +2047,83 @@
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
@@ -2144,83 +2141,83 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
@@ -2492,111 +2489,111 @@
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D27" s="0">
         <v>115015</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>98</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>126</v>
+        <v>55</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D28" s="0">
         <v>115017</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>98</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C29" s="0">
         <v>91000949</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>