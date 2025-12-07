--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -218,380 +218,389 @@
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Питчер;сталь нерж.;350мл;D=75,H=90мм;серебрист.</t>
   </si>
   <si>
     <t>03170714</t>
   </si>
   <si>
     <t>9-214</t>
   </si>
   <si>
     <t>13576.00₸</t>
   </si>
   <si>
     <t>Питчер;сталь нерж.;0,6л;D=90,H=105мм;серебрист.</t>
   </si>
   <si>
     <t>03170715</t>
   </si>
   <si>
     <t>9-210</t>
   </si>
   <si>
-    <t>11635.00₸</t>
+    <t>15092.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;150мл;D=55,H=70мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170764</t>
+  </si>
+  <si>
+    <t>00340010ICL</t>
+  </si>
+  <si>
+    <t>42458.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Анниверсарио»;сталь нерж.;300мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170765</t>
+  </si>
+  <si>
+    <t>00340030ICL</t>
+  </si>
+  <si>
+    <t>Anniversario</t>
+  </si>
+  <si>
+    <t>52114.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,5л;D=90,H=105,B=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170766</t>
+  </si>
+  <si>
+    <t>00340060ICL</t>
+  </si>
+  <si>
+    <t>64242.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,75л;D=10,H=11,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03170767</t>
+  </si>
+  <si>
+    <t>00340090ICL</t>
+  </si>
+  <si>
+    <t>47941.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=12,5,H=18см;серебрист.</t>
+  </si>
+  <si>
+    <t>03170768</t>
+  </si>
+  <si>
+    <t>00340120ICL</t>
+  </si>
+  <si>
+    <t>75953.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;300мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03172401</t>
+  </si>
+  <si>
+    <t>40040030ICL</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>12446.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=9,H=11см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172402</t>
+  </si>
+  <si>
+    <t>40040060ICL</t>
+  </si>
+  <si>
+    <t>14546.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,8л;D=10,5,H=12см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172403</t>
+  </si>
+  <si>
+    <t>40040080ICL</t>
+  </si>
+  <si>
+    <t>16415.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=13,5,H=16,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172404</t>
+  </si>
+  <si>
+    <t>40040100ICL</t>
+  </si>
+  <si>
+    <t>28287.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;1,5л;D=17,H=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172416</t>
+  </si>
+  <si>
+    <t>MLK1500</t>
+  </si>
+  <si>
+    <t>12166.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;300мл;D=75,H=90мм;черный</t>
+  </si>
+  <si>
+    <t>03172417</t>
+  </si>
+  <si>
+    <t>4004R030ICL</t>
+  </si>
+  <si>
+    <t>19593.00₸</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;0,6л;D=95,H=105мм;черный</t>
+  </si>
+  <si>
+    <t>03172418</t>
+  </si>
+  <si>
+    <t>4004R060ICL</t>
+  </si>
+  <si>
+    <t>21630.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;0,8л;D=10,5,H=12см;черный</t>
+  </si>
+  <si>
+    <t>03172419</t>
+  </si>
+  <si>
+    <t>4004R080ICL</t>
+  </si>
+  <si>
+    <t>26348.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;1л;D=11,5,H=13см;черный</t>
+  </si>
+  <si>
+    <t>03172420</t>
+  </si>
+  <si>
+    <t>4004R100ICL</t>
+  </si>
+  <si>
+    <t>25144.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=8,H=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172425</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>6272.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Проотель»;сталь нерж.;0,5л</t>
+  </si>
+  <si>
+    <t>03172467</t>
+  </si>
+  <si>
+    <t>MLK6/8</t>
+  </si>
+  <si>
+    <t>13398.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Соя»;сталь нерж.;300мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03172468</t>
+  </si>
+  <si>
+    <t>00340030ICL(S)</t>
+  </si>
+  <si>
+    <t>Soya</t>
+  </si>
+  <si>
+    <t>34319.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Соя»;сталь нерж.;0,5л;D=90,H=105мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03172469</t>
+  </si>
+  <si>
+    <t>00340060ICL(S)</t>
+  </si>
+  <si>
+    <t>41973.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;1л;D=10,H=12,5,L=14см;серебрист.</t>
+  </si>
+  <si>
+    <t>03175405</t>
+  </si>
+  <si>
+    <t>MLK1000</t>
+  </si>
+  <si>
+    <t>10675.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Питчер Сплит;сталь нерж.;300мл;,H=95,L=75/120,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175425</t>
+  </si>
+  <si>
+    <t>00430030ICL</t>
+  </si>
+  <si>
+    <t>Elite Gold</t>
+  </si>
+  <si>
+    <t>60461.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт А»;сталь нерж.;0,5л;,H=100,L=87/135,B=87мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175427</t>
+  </si>
+  <si>
+    <t>00450A60ICL</t>
+  </si>
+  <si>
+    <t>Revolution (дубль)</t>
+  </si>
+  <si>
+    <t>82437.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт Би»;сталь нерж.;0,5л;,H=100,L=87/130,B=83мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175428</t>
+  </si>
+  <si>
+    <t>00450B60ICL</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт Си»;сталь нерж.;0,5л;,H=100,L=89/130,B=87мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175429</t>
+  </si>
+  <si>
+    <t>00450C60ICL</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт Ди»;сталь нерж.;0,5л;,H=100,L=87/130,B=82мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175430</t>
+  </si>
+  <si>
+    <t>00450D60ICL</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
-    <t>Питчер;сталь нерж.;150мл;D=55,H=70мм;серебрист.</t>
-[...322 lines deleted...]
-  <si>
     <t>Питчер Реверс;сталь нерж.,силикон;0,5л;,H=105,L=105,B=65мм;черный,металлич.</t>
   </si>
   <si>
     <t>03175431</t>
   </si>
   <si>
     <t>00470060ICL</t>
   </si>
   <si>
     <t>76746.00₸</t>
   </si>
   <si>
     <t>Питчер;сталь нерж.;350мл;красный</t>
   </si>
   <si>
     <t>03175443</t>
   </si>
   <si>
     <t>LH350B red</t>
   </si>
   <si>
     <t>Doppio</t>
   </si>
   <si>
     <t>9198.00₸</t>
@@ -777,50 +786,53 @@
     <t>Питчер «Пэн джаг»;сталь нерж.;0,8л;металлич.</t>
   </si>
   <si>
     <t>03177248</t>
   </si>
   <si>
     <t>00400800ICL</t>
   </si>
   <si>
     <t>Pen Jug</t>
   </si>
   <si>
     <t>24640.00₸</t>
   </si>
   <si>
     <t>Питчер «Пэн джаг»;сталь нерж.;0,6л;металлич.</t>
   </si>
   <si>
     <t>03177247</t>
   </si>
   <si>
     <t>00400600ICL</t>
   </si>
   <si>
     <t>20020.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
   </si>
   <si>
     <t>Питчер с рисками;сталь нерж.;0,6л;металлич.</t>
   </si>
   <si>
     <t>03177220</t>
   </si>
   <si>
     <t>LH600/scale</t>
   </si>
   <si>
     <t>10199.00₸</t>
   </si>
   <si>
     <t>Питчер;сталь нерж.;350мл;зелен.</t>
   </si>
   <si>
     <t>03177217</t>
   </si>
   <si>
     <t>LH350/green</t>
   </si>
   <si>
     <t>Питчер с рисками;сталь нерж.;1л;металлич.</t>
   </si>
@@ -3545,1404 +3557,1404 @@
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>101</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>54</v>
+        <v>119</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D27" s="0">
         <v>10328</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>122</v>
+        <v>175</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>68</v>
+        <v>179</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C39" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="E39" s="0" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>39</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="B55" s="0" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>54</v>
+        <v>257</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>59</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="B60" s="0" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="B61" s="0" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D61" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="E61" s="0" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>95</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>