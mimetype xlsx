--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -173,53 +173,50 @@
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Подставка овал. для сковор. 4020192;дерево;,H=2,L=39,B=30см;коричнев.</t>
   </si>
   <si>
     <t>04141512</t>
   </si>
   <si>
     <t>UJOP</t>
   </si>
   <si>
     <t>3689.00₸</t>
   </si>
   <si>
     <t>Подставка для сковор.4020193;дерево;D=285,H=20мм;коричнев.</t>
   </si>
   <si>
     <t>04141513</t>
   </si>
   <si>
     <t>U7RP</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Подставка для сковор.4020327;дерево;D=26/17,5,H=15см;коричнев.</t>
   </si>
   <si>
     <t>04141514</t>
   </si>
   <si>
     <t>U5RP</t>
   </si>
   <si>
     <t>Подставка квадр. для сковор.4020325;дерево;,H=20,L=195,B=195мм;коричнев.</t>
   </si>
   <si>
     <t>04141515</t>
   </si>
   <si>
     <t>U5WP</t>
   </si>
   <si>
     <t>Подставка для сковороды арт.3122.90,5114.35;сталь нерж.;D=24см</t>
   </si>
   <si>
     <t>04141537</t>
   </si>
   <si>
     <t>De Buyer</t>
@@ -231,53 +228,50 @@
     <t>26442.00₸</t>
   </si>
   <si>
     <t>Подставка для сковор. 4020499 овал.;дерево;коричнев.</t>
   </si>
   <si>
     <t>04141548</t>
   </si>
   <si>
     <t>MMM</t>
   </si>
   <si>
     <t>4058.00₸</t>
   </si>
   <si>
     <t>Подставка для сковор. 4020709 «Корова»;дерево</t>
   </si>
   <si>
     <t>04141552</t>
   </si>
   <si>
     <t>KKK</t>
   </si>
   <si>
     <t>6761.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>4 шт.</t>
   </si>
   <si>
     <t>Подставка для котелка;дуб;D=175,H=20мм;черный</t>
   </si>
   <si>
     <t>04141564</t>
   </si>
   <si>
     <t>Q702S-06B</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>14476.00₸</t>
   </si>
   <si>
     <t>Подставка для сковороды 04020498;дерево;коричнев.</t>
   </si>
   <si>
     <t>04141971</t>
   </si>
   <si>
     <t>Z1000SX</t>
   </si>
@@ -1511,275 +1505,275 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="L11" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D14" s="0">
         <v>3122.0</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="E18" s="0" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>