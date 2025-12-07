--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -101,51 +101,51 @@
   <si>
     <t>Сокосборник;сталь;металлич.</t>
   </si>
   <si>
     <t>07010549</t>
   </si>
   <si>
     <t>75268.00₸</t>
   </si>
   <si>
     <t>Емкость д/жмыха;пластик;3,35л;,H=24,L=18,B=12,5см;прозр.</t>
   </si>
   <si>
     <t>07010570</t>
   </si>
   <si>
     <t>Zelmer</t>
   </si>
   <si>
     <t>ПОЛЬША</t>
   </si>
   <si>
     <t>12490.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Емкость с носиком к 7010406;сталь;D=163,H=47,B=170мм;металлич.</t>
   </si>
   <si>
     <t>07010599</t>
   </si>
   <si>
     <t>Quamar</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>77855.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Емкость д/жмыха д/соков.J80U</t>
   </si>
   <si>
     <t>07010639</t>
   </si>
@@ -185,69 +185,69 @@
   <si>
     <t>07011418</t>
   </si>
   <si>
     <t>CO6064</t>
   </si>
   <si>
     <t>Fimar</t>
   </si>
   <si>
     <t>26866.00₸</t>
   </si>
   <si>
     <t>Контейнер д/жмыха соковыж.58</t>
   </si>
   <si>
     <t>07011434</t>
   </si>
   <si>
     <t>Santos</t>
   </si>
   <si>
     <t>43521.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Емкость для соковыжималки шнековой CS600;черный</t>
   </si>
   <si>
     <t>07013070</t>
   </si>
   <si>
     <t>4400-02700F</t>
   </si>
   <si>
     <t>Kuvings</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>48611.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>4 шт.</t>
   </si>
   <si>
     <t>Емкость для соковыжималки шнековой CS700;металлич.,черный</t>
   </si>
   <si>
     <t>07013080</t>
   </si>
   <si>
     <t>4400-02873C</t>
   </si>
   <si>
     <t>198622.00₸</t>
   </si>
   <si>
     <t>10 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
@@ -1218,105 +1218,105 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D10" s="0">
         <v>58950</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>66</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>67</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>