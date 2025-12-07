--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -164,51 +164,51 @@
   <si>
     <t>02121451</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>72804.00₸</t>
   </si>
   <si>
     <t>Полка для бутылок (1 ряд);сталь нерж.;,H=15,5,L=56,B=10,5см;серебрист.</t>
   </si>
   <si>
     <t>02121453</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
-    <t>31324.00₸</t>
+    <t>42497.00₸</t>
   </si>
   <si>
     <t>Диспенсер для трубочек;пластик;,H=24,1,L=63,7,B=20,8см;черный</t>
   </si>
   <si>
     <t>02124207</t>
   </si>
   <si>
     <t>L2900</t>
   </si>
   <si>
     <t>San Jamar</t>
   </si>
   <si>
     <t>313950.00₸</t>
   </si>
   <si>
     <t>Подставка барная «Пробар» (5 отделений);абс-пластик;,H=10,L=24,B=14,5см;черный</t>
   </si>
   <si>
     <t>03170585</t>
   </si>
   <si>
     <t>JD-BC</t>
   </si>
@@ -284,183 +284,168 @@
   <si>
     <t>04150620</t>
   </si>
   <si>
     <t>44060-50</t>
   </si>
   <si>
     <t>39956.00₸</t>
   </si>
   <si>
     <t>Подставка барная (5 отделений);фанера;,H=10,L=30,B=14см;коричнев.</t>
   </si>
   <si>
     <t>04150854</t>
   </si>
   <si>
     <t>V807S-00T</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
     <t>19751.00₸</t>
   </si>
   <si>
+    <t>Подставка барная (3 отделения);дуб;,H=12,L=30,B=12,5см;тем.корич.</t>
+  </si>
+  <si>
+    <t>04150859</t>
+  </si>
+  <si>
+    <t>Q822S-00O</t>
+  </si>
+  <si>
+    <t>22869.00₸</t>
+  </si>
+  <si>
+    <t>Подставка барная (9 отделений);бук;,H=17,5,L=43,B=26,5см;бежев.</t>
+  </si>
+  <si>
+    <t>04151314</t>
+  </si>
+  <si>
+    <t>F841L-00N</t>
+  </si>
+  <si>
+    <t>46963.00₸</t>
+  </si>
+  <si>
+    <t>Диспенсер для капсул;бук;,H=29,5,L=30,B=10,5см;деревян.</t>
+  </si>
+  <si>
+    <t>04151315</t>
+  </si>
+  <si>
+    <t>F842O-00N</t>
+  </si>
+  <si>
+    <t>30492.00₸</t>
+  </si>
+  <si>
+    <t>Диспенсер для капсул;металл;,H=36,L=15,B=17см;черный</t>
+  </si>
+  <si>
+    <t>04151326</t>
+  </si>
+  <si>
+    <t>Krispy</t>
+  </si>
+  <si>
+    <t>11774.00₸</t>
+  </si>
+  <si>
+    <t>Полка для бутылок (на 9 шт.);сталь нерж.;,H=28,L=90,B=10см;стальной</t>
+  </si>
+  <si>
+    <t>04151332</t>
+  </si>
+  <si>
+    <t>Hold</t>
+  </si>
+  <si>
+    <t>54986.00₸</t>
+  </si>
+  <si>
+    <t>Органайзер барный (4 съемные секции);дуб;D=180,H=56мм;деревян.</t>
+  </si>
+  <si>
+    <t>04151351</t>
+  </si>
+  <si>
+    <t>Q848O-00N</t>
+  </si>
+  <si>
+    <t>31863.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Подставка барная (3 отделения);дуб;,H=12,L=30,B=12,5см;тем.корич.</t>
-[...70 lines deleted...]
-  <si>
     <t>Подставка барная с ручкой (4 секции 62х62х80 мм);дуб;,H=18,8,L=15,B=15см;деревян.</t>
   </si>
   <si>
     <t>04151352</t>
   </si>
   <si>
     <t>Q849O-00N</t>
   </si>
   <si>
     <t>23485.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Диспенсер для крышек (D=62-98мм) встраиваемый;пластик;D=15,3/12,H=45см;черный,стальной</t>
   </si>
   <si>
     <t>08012006</t>
   </si>
   <si>
     <t>12575-01</t>
   </si>
   <si>
     <t>Bonzer</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>91307.00₸</t>
   </si>
   <si>
     <t>Диспенсер для трубочек;сталь нерж.,пластик;D=15,3/12,H=15см;серебрист.,черный</t>
   </si>
   <si>
     <t>08012009</t>
   </si>
   <si>
     <t>10119-02</t>
   </si>
   <si>
     <t>82759.00₸</t>
-  </si>
-[...13 lines deleted...]
-    <t>18 шт.</t>
   </si>
   <si>
     <t>Диспенсер для стаканов (D=73-121мм) встраиваемый;пластик;D=14,6,H=59,7,L=59,7см;синий</t>
   </si>
   <si>
     <t>08012012</t>
   </si>
   <si>
     <t>C2410C</t>
   </si>
   <si>
     <t>66584.00₸</t>
   </si>
   <si>
     <t>Кольцо к диспенсеру C2410C;сталь нерж.;D=14,6см</t>
   </si>
   <si>
     <t>08012013</t>
   </si>
   <si>
     <t>C24XC</t>
   </si>
   <si>
     <t>Ez Fit</t>
   </si>
@@ -604,51 +589,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C1458-E3C7-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2C9516-20CF-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3D5-4251-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8BD-424F-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89FB-424F-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDBC8C2-E3D3-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A51-424E-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3449-E3D3-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA1C4017-21BF-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5014-4253-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14A02538-EA57-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1C6-4255-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCAA97-2223-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4247A6F1-CF50-11EF-BC46-0050569297EB14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42791939-27A5-11F0-BC4F-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDD7C-0C29-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225DD4E9-D3A8-11ED-BC05-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069341A5-E5B5-11ED-BC09-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06933FC5-E5B5-11ED-BC09-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A527E-4252-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FD850-2230-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A132E-4253-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE81-4252-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C39652D1-2230-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FD8F0-2230-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD1B1D8-7259-11EC-BBF7-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B164-823F-11EE-BC10-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B0B2-823F-11EE-BC10-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2BEF2-7C52-11EF-BC4D-00505692C44729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2BE1B-7C52-11EF-BC4D-00505692C44730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2C010-7C52-11EF-BC4D-00505692C44731.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C1458-E3C7-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC2C9516-20CF-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F3D5-4251-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB8BD-424F-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89FB-424F-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AFDBC8C2-E3D3-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A51-424E-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3449-E3D3-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA1C4017-21BF-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5014-4253-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14A02538-EA57-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169EA1C6-4255-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCAA97-2223-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4247A6F1-CF50-11EF-BC46-0050569297EB14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42791939-27A5-11F0-BC4F-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDD7C-0C29-11EE-BC09-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225DD4E9-D3A8-11ED-BC05-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/069341A5-E5B5-11ED-BC09-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06933FC5-E5B5-11ED-BC09-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A527E-4252-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FD850-2230-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A32EE81-4252-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C39652D1-2230-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F39FD8F0-2230-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD1B1D8-7259-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B164-823F-11EE-BC10-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42D6B0B2-823F-11EE-BC10-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2BEF2-7C52-11EF-BC4D-00505692C44728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2BE1B-7C52-11EF-BC4D-00505692C44729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75F2C010-7C52-11EF-BC4D-00505692C44730.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1483,93 +1468,63 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1828,62 +1783,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-probok-co-rect-02070315/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrutka-barnaya-probar-premium-02110407/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-kofe-aps-02120470/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-9-otdeleniy-kl-02120964/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-matfer-02121451/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-was-02121453/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-trubochek-san-jamar-02124207/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-prohotel-03170585/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-probar-03172303/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-paderno-03172322/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-aps-03172340/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-bokalov-lk-03175005/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-paderno-04150620/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04150854/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04150859/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04151314/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-ppwood-04151315/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-hold-04151326/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-hold-04151332/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-barnyy-ppwood-04151351/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04151352/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kryshek-bonzer-08012006/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-trubochek-bonzer-08012009/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnit-kolco-bonzer-08012011/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012012/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-k-dispenseru-c2410c-san-jamar-08012013/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012014/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012015/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-doppio-08013804/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-doppio-08013806/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151372/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151370/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salfetok-ppwood-04151377/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151371/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-probok-co-rect-02070315/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skrutka-barnaya-probar-premium-02110407/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-d-kofe-aps-02120470/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-paketikov-chaya-9-otdeleniy-kl-02120964/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-matfer-02121451/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-was-02121453/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-trubochek-san-jamar-02124207/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-prohotel-03170585/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-probar-03172303/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-paderno-03172322/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-aps-03172340/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-bokalov-lk-03175005/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-paderno-04150620/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04150854/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04150859/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04151314/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-ppwood-04151315/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-hold-04151326/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polka-dlya-butylok-hold-04151332/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/organayzer-barnyy-ppwood-04151351/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-barnaya-ppwood-04151352/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kryshek-bonzer-08012006/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-trubochek-bonzer-08012009/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012012/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-k-dispenseru-c2410c-san-jamar-08012013/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012014/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-san-jamar-08012015/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-doppio-08013804/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-stakanov-doppio-08013806/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151372/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151370/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-salfetok-ppwood-04151377/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dispenser-dlya-kapsul-probar-04151371/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L35"/>
+  <dimension ref="A1:L34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I35" sqref="I35"/>
+      <selection activeCell="I34" sqref="I34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2330,237 +2285,237 @@
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>88</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="L15" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>39</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>89</v>
+        <v>39</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D20" s="0"/>
       <c r="E20" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>89</v>
+        <v>113</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
@@ -2626,422 +2581,389 @@
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>128</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>39</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>131</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>122</v>
+        <v>53</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>123</v>
+        <v>25</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>132</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>133</v>
+        <v>39</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="F26" s="0"/>
+      <c r="F26" s="0" t="s">
+        <v>136</v>
+      </c>
       <c r="G26" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>137</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="L26" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="F27" s="0" t="s">
+      <c r="F27" s="0"/>
+      <c r="G27" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="L27" s="0"/>
+      <c r="L27" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="L28" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="L29" s="0"/>
+        <v>66</v>
+      </c>
+      <c r="L29" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>153</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>66</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>154</v>
+        <v>64</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>60</v>
+        <v>163</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
-      <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>166</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>167</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="L33" s="0"/>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="80">
+      <c r="A34" s="0"/>
+      <c r="B34" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="L33" s="0">
-[...4 lines deleted...]
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="D34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>39</v>
-[...28 lines deleted...]
-      <c r="K35" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="L35" s="0">
+      <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
-    <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>