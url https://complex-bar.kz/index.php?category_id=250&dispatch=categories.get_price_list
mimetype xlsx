--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -191,51 +191,51 @@
   <si>
     <t>Kuvings</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>60969.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Крышка для соковыжималки шнековой CS700 для чаши-накопителя;черный</t>
   </si>
   <si>
     <t>07013075</t>
   </si>
   <si>
     <t>4400-01303E</t>
   </si>
   <si>
     <t>62055.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Крышка для соковыжималки шнековой CS600/CS700 для носика сливной;черный</t>
   </si>
   <si>
     <t>07013079</t>
   </si>
   <si>
     <t>4400-03202B/4400-03205D</t>
   </si>
   <si>
     <t>7762.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>