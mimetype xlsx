--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="563">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="499">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -143,1052 +143,881 @@
   <si>
     <t>ШВЕЙЦАРИЯ</t>
   </si>
   <si>
     <t>31224.00₸</t>
   </si>
   <si>
     <t>Воронка д/соковыж. MAKAP P206 (SP2)</t>
   </si>
   <si>
     <t>07010361</t>
   </si>
   <si>
     <t>S Gast</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>11489.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Кольцо к соковыж.</t>
-[...5 lines deleted...]
-    <t>866001-029</t>
+    <t>Мотор к соковыж.;металл;D=11,5,H=18,L=18,B=11,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>07010380</t>
+  </si>
+  <si>
+    <t>866001-017</t>
   </si>
   <si>
     <t>Jupiter</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
-    <t>285.00₸</t>
+    <t>66374.00₸</t>
+  </si>
+  <si>
+    <t>Уплотнит. кольцо к соковыж.</t>
+  </si>
+  <si>
+    <t>07010385</t>
+  </si>
+  <si>
+    <t>866001-036</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Уплотнит.кольцо к соковыж. 42.8</t>
+  </si>
+  <si>
+    <t>07010398</t>
+  </si>
+  <si>
+    <t>38454.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/цитрус.к соков. 11C;пластик;D=83,H=55мм;черный</t>
+  </si>
+  <si>
+    <t>07010515</t>
+  </si>
+  <si>
+    <t>Santos</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>15922.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/цитрус. к соков. 38C;пластик;D=83,H=57мм;черный</t>
+  </si>
+  <si>
+    <t>07010520</t>
+  </si>
+  <si>
+    <t>19374.00₸</t>
+  </si>
+  <si>
+    <t>Статор ротора к соковыж.28;сталь;D=14,5,L=13,5см;металлич.</t>
+  </si>
+  <si>
+    <t>07010541</t>
+  </si>
+  <si>
+    <t>427789.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Рамка;металл;,L=20,B=17см;металлич.</t>
+  </si>
+  <si>
+    <t>07010565</t>
+  </si>
+  <si>
+    <t>Zelmer</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>13945.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо сокосборника;пластик;,H=6см;прозр.</t>
+  </si>
+  <si>
+    <t>07010567</t>
+  </si>
+  <si>
+    <t>6345.00₸</t>
+  </si>
+  <si>
+    <t>Кнопка двухпозиционная;пластик;,H=12,L=27,B=24мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>07010574</t>
+  </si>
+  <si>
+    <t>11897.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Плата управления</t>
+  </si>
+  <si>
+    <t>07010575</t>
+  </si>
+  <si>
+    <t>27597.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Двигатель;,H=15,B=13см;черный,серый</t>
+  </si>
+  <si>
+    <t>07010576</t>
+  </si>
+  <si>
+    <t>60669.00₸</t>
+  </si>
+  <si>
+    <t>Вставка в емкость д/сока;пластик;,H=135,B=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>07010579</t>
+  </si>
+  <si>
+    <t>2233.00₸</t>
+  </si>
+  <si>
+    <t>Подшипник;металл;D=25/10,H=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>07010580</t>
+  </si>
+  <si>
+    <t>07.0036</t>
+  </si>
+  <si>
+    <t>3127.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Статор;пластик;D=45,H=70,L=80,B=70мм;медный,белый</t>
+  </si>
+  <si>
+    <t>07010581</t>
+  </si>
+  <si>
+    <t>13961.00₸</t>
+  </si>
+  <si>
+    <t>Ротор;металл;,H=45,L=145мм;медный</t>
+  </si>
+  <si>
+    <t>07010582</t>
+  </si>
+  <si>
+    <t>17734.00₸</t>
+  </si>
+  <si>
+    <t>Моторный блок к соков.42.8 «Джуйс Мастер»;металлич.</t>
+  </si>
+  <si>
+    <t>07010628</t>
+  </si>
+  <si>
+    <t>125287.00₸</t>
+  </si>
+  <si>
+    <t>Мотор к соковыж.SPA-6</t>
+  </si>
+  <si>
+    <t>07010631</t>
+  </si>
+  <si>
+    <t>SPR0503</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>201710.00₸</t>
+  </si>
+  <si>
+    <t>Подшипник двигателя д/соковыж.SPA-6</t>
+  </si>
+  <si>
+    <t>07010632</t>
+  </si>
+  <si>
+    <t>SPR0101</t>
+  </si>
+  <si>
+    <t>Каплесборник д/J100U</t>
+  </si>
+  <si>
+    <t>07010638</t>
+  </si>
+  <si>
+    <t>Robot Coupe</t>
+  </si>
+  <si>
+    <t>24864.00₸</t>
+  </si>
+  <si>
+    <t>Электрон.плата д/J80Ultra,Blixer2,230V</t>
+  </si>
+  <si>
+    <t>07011210</t>
+  </si>
+  <si>
+    <t>59175.00₸</t>
+  </si>
+  <si>
+    <t>Фланец «Робот Купе» д/J80,J100;пластик;черный</t>
+  </si>
+  <si>
+    <t>07011217</t>
+  </si>
+  <si>
+    <t>20336.00₸</t>
+  </si>
+  <si>
+    <t>Носик д/J80 Ultra;пластик;,H=6,L=6,B=3мм;черный</t>
+  </si>
+  <si>
+    <t>07011232</t>
+  </si>
+  <si>
+    <t>9702.00₸</t>
+  </si>
+  <si>
+    <t>Корпус д/соковыж.SE/01</t>
+  </si>
+  <si>
+    <t>07011253</t>
+  </si>
+  <si>
+    <t>23847.00₸</t>
+  </si>
+  <si>
+    <t>Конус запасной д/соковыж.SPR01507(new)</t>
+  </si>
+  <si>
+    <t>07011406</t>
+  </si>
+  <si>
+    <t>SPR0020</t>
+  </si>
+  <si>
+    <t>61955.00₸</t>
+  </si>
+  <si>
+    <t>Двигатель SM-CJ4 230 50/60Hz</t>
+  </si>
+  <si>
+    <t>07011412</t>
+  </si>
+  <si>
+    <t>CO6063</t>
+  </si>
+  <si>
+    <t>Fimar</t>
+  </si>
+  <si>
+    <t>83353.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Выключатель групповой 20A+защита для СRP</t>
+  </si>
+  <si>
+    <t>07011413</t>
+  </si>
+  <si>
+    <t>SL3322/SA1097</t>
+  </si>
+  <si>
+    <t>7670.00₸</t>
+  </si>
+  <si>
+    <t>Конденсатор 4uF SM-CJ4</t>
+  </si>
+  <si>
+    <t>07011414</t>
+  </si>
+  <si>
+    <t>CO6066</t>
+  </si>
+  <si>
+    <t>14130.00₸</t>
+  </si>
+  <si>
+    <t>Защитная часть д/соков.CJ4</t>
+  </si>
+  <si>
+    <t>07011416</t>
+  </si>
+  <si>
+    <t>CO7489</t>
+  </si>
+  <si>
+    <t>14346.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/соков.CJ4</t>
+  </si>
+  <si>
+    <t>07011417</t>
+  </si>
+  <si>
+    <t>CO6077</t>
+  </si>
+  <si>
+    <t>5129.00₸</t>
+  </si>
+  <si>
+    <t>Ручка для соковыжималки SPL235M для крышки</t>
+  </si>
+  <si>
+    <t>07011420</t>
+  </si>
+  <si>
+    <t>CO7042</t>
+  </si>
+  <si>
+    <t>47833.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Мотор к соковыж.PC700</t>
+  </si>
+  <si>
+    <t>07011421</t>
+  </si>
+  <si>
+    <t>CO6450</t>
+  </si>
+  <si>
+    <t>55102.00₸</t>
+  </si>
+  <si>
+    <t>Набор подшипников д/соков.J80</t>
+  </si>
+  <si>
+    <t>07011422</t>
+  </si>
+  <si>
+    <t>25187.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для соковыжималки «SPM» в сборе;серый</t>
+  </si>
+  <si>
+    <t>07011428</t>
+  </si>
+  <si>
+    <t>CO7415</t>
+  </si>
+  <si>
+    <t>258436.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка для соковыжималки «SPM»;черный</t>
+  </si>
+  <si>
+    <t>07011429</t>
+  </si>
+  <si>
+    <t>CO7037</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Переключатель двухфазовый для соковыжималки</t>
+  </si>
+  <si>
+    <t>07011442</t>
+  </si>
+  <si>
+    <t>CO7026</t>
+  </si>
+  <si>
+    <t>19250.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/соков.SM-CJ6</t>
+  </si>
+  <si>
+    <t>07021543</t>
+  </si>
+  <si>
+    <t>CO6854</t>
+  </si>
+  <si>
+    <t>34666.00₸</t>
+  </si>
+  <si>
+    <t>Электрон.плата д/соков.SPM/SPL</t>
+  </si>
+  <si>
+    <t>07021551</t>
+  </si>
+  <si>
+    <t>CO7031</t>
+  </si>
+  <si>
+    <t>79541.00₸</t>
+  </si>
+  <si>
+    <t>Шайба вала д/соковыж.CJ-4</t>
+  </si>
+  <si>
+    <t>07021558</t>
+  </si>
+  <si>
+    <t>CO6067</t>
+  </si>
+  <si>
+    <t>2441.00₸</t>
+  </si>
+  <si>
+    <t>Вал д/соковыж.CJ-4</t>
+  </si>
+  <si>
+    <t>07021559</t>
+  </si>
+  <si>
+    <t>CO6068</t>
+  </si>
+  <si>
+    <t>4235.00₸</t>
+  </si>
+  <si>
+    <t>Блок выключения д/соковыжималки J80U</t>
+  </si>
+  <si>
+    <t>07021560</t>
+  </si>
+  <si>
+    <t>8894.00₸</t>
+  </si>
+  <si>
+    <t>Каплесборник для соковыжималки SPA6;пластик;D=78мм;черный</t>
+  </si>
+  <si>
+    <t>07021561</t>
+  </si>
+  <si>
+    <t>SPR0499</t>
+  </si>
+  <si>
+    <t>2796.00₸</t>
+  </si>
+  <si>
+    <t>Уплотнитель крышки д/куттера R4A</t>
+  </si>
+  <si>
+    <t>07021916</t>
+  </si>
+  <si>
+    <t>49819.00₸</t>
+  </si>
+  <si>
+    <t>Компрессор для соковыжималки «Juice S12»;серый</t>
+  </si>
+  <si>
+    <t>07110304</t>
+  </si>
+  <si>
+    <t>Oprema</t>
+  </si>
+  <si>
+    <t>ХОРВАТИЯ</t>
+  </si>
+  <si>
+    <t>65751.00₸</t>
+  </si>
+  <si>
+    <t>Замок для соковыжималки «EMKA Juice S12»;металлич.</t>
+  </si>
+  <si>
+    <t>07110306</t>
+  </si>
+  <si>
+    <t>4413.00₸</t>
+  </si>
+  <si>
+    <t>Угольник для соковыжималки «Juice S12»;серый</t>
+  </si>
+  <si>
+    <t>07110307</t>
+  </si>
+  <si>
+    <t>1972.00₸</t>
+  </si>
+  <si>
+    <t>Клапан для соковыжималки «ELM Juice S12»;серый</t>
+  </si>
+  <si>
+    <t>07110308</t>
+  </si>
+  <si>
+    <t>75422.00₸</t>
+  </si>
+  <si>
+    <t>Колено для соковыжималки «Juice S12»;серый</t>
+  </si>
+  <si>
+    <t>07110310</t>
+  </si>
+  <si>
+    <t>1949.00₸</t>
+  </si>
+  <si>
+    <t>Кнопка для соковыжималки «Juice S12»;красный,черный</t>
+  </si>
+  <si>
+    <t>07110311</t>
+  </si>
+  <si>
+    <t>3581.00₸</t>
+  </si>
+  <si>
+    <t>Кнопка для соковыжималки «Juice S12»;зелен.,черный</t>
+  </si>
+  <si>
+    <t>07110312</t>
+  </si>
+  <si>
+    <t>Кнопка для соковыжималки «Juice S12»;желт.,черный</t>
+  </si>
+  <si>
+    <t>07110313</t>
+  </si>
+  <si>
+    <t>3635.00₸</t>
+  </si>
+  <si>
+    <t>Коннектор для соковыжималки «Juice S12»;белый</t>
+  </si>
+  <si>
+    <t>07110314</t>
+  </si>
+  <si>
+    <t>378.00₸</t>
+  </si>
+  <si>
+    <t>Кнопка для соковыжималки «Juice S12» с подсветкой;черный</t>
+  </si>
+  <si>
+    <t>07110315</t>
+  </si>
+  <si>
+    <t>11373.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Регулятор для соковыжималки «Juice S12»;черный</t>
+  </si>
+  <si>
+    <t>07110316</t>
+  </si>
+  <si>
+    <t>45800.00₸</t>
+  </si>
+  <si>
+    <t>Щуп термостата для соковыжималки «Juice S12»;черный</t>
+  </si>
+  <si>
+    <t>07110319</t>
+  </si>
+  <si>
+    <t>4751.00₸</t>
+  </si>
+  <si>
+    <t>Регулятор давления для соковыжималки «Juice S12»;бронз.,черный</t>
+  </si>
+  <si>
+    <t>07110320</t>
+  </si>
+  <si>
+    <t>41265.00₸</t>
+  </si>
+  <si>
+    <t>Конденсатор для соковыжималки «Juice S12»;черный</t>
+  </si>
+  <si>
+    <t>07110321</t>
+  </si>
+  <si>
+    <t>42427.00₸</t>
+  </si>
+  <si>
+    <t>Клапан для соковыжималки «Juice S12» с соленоидом;серый</t>
+  </si>
+  <si>
+    <t>07110322</t>
+  </si>
+  <si>
+    <t>11396.00₸</t>
+  </si>
+  <si>
+    <t>Датчик сиропа для соковыжималки «Juice S12»;бежев.</t>
+  </si>
+  <si>
+    <t>07110323</t>
+  </si>
+  <si>
+    <t>42751.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Эжектор для соковыжималки «Juice S12»;черный</t>
+  </si>
+  <si>
+    <t>07110324</t>
+  </si>
+  <si>
+    <t>16163.00₸</t>
+  </si>
+  <si>
+    <t>Контроллер для соковыжималки «Juice S12»;металлич.</t>
+  </si>
+  <si>
+    <t>07110325</t>
+  </si>
+  <si>
+    <t>122669.00₸</t>
+  </si>
+  <si>
+    <t>Манометр для соковыжималки «Juice S12»;металлич.</t>
+  </si>
+  <si>
+    <t>07110326</t>
+  </si>
+  <si>
+    <t>10603.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для соковыжималки «M10 Juice S12»;38вт;черный</t>
+  </si>
+  <si>
+    <t>07110328</t>
+  </si>
+  <si>
+    <t>19173.00₸</t>
+  </si>
+  <si>
+    <t>Шнек для соковыжималки шнековой CS600/CS700;черный</t>
+  </si>
+  <si>
+    <t>07013067</t>
+  </si>
+  <si>
+    <t>4000-31004С/4000-31004D</t>
+  </si>
+  <si>
+    <t>Kuvings</t>
+  </si>
+  <si>
+    <t>КОРЕЯ, РЕСПУБЛИКА</t>
+  </si>
+  <si>
+    <t>114045.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр для соковыжималки шнековой CS600/CS700;золотой</t>
+  </si>
+  <si>
+    <t>07013068</t>
+  </si>
+  <si>
+    <t>4400-51135C</t>
+  </si>
+  <si>
+    <t>67237.00₸</t>
+  </si>
+  <si>
+    <t>Очиститель для соковыжималки шнековой CS600/CS700 вращающийся;черный</t>
+  </si>
+  <si>
+    <t>07013069</t>
+  </si>
+  <si>
+    <t>4400-50450A/4400-50470A</t>
+  </si>
+  <si>
+    <t>6083.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Корпус для соковыжималки шнековой CS600/CS700 в сборе;черный,серебрист.</t>
+  </si>
+  <si>
+    <t>07013071</t>
+  </si>
+  <si>
+    <t>3100-51000B</t>
+  </si>
+  <si>
+    <t>148618.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для соковыжималки шнековой CS600/CS700 для сорбета;прозр.</t>
+  </si>
+  <si>
+    <t>07013072</t>
+  </si>
+  <si>
+    <t>4400-51151C</t>
+  </si>
+  <si>
+    <t>18134.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для соковыжималки шнековой CS600/CS700 для смузи;черный,серебрист.</t>
+  </si>
+  <si>
+    <t>07013073</t>
+  </si>
+  <si>
+    <t>4400-03151F</t>
+  </si>
+  <si>
+    <t>39093.00₸</t>
+  </si>
+  <si>
+    <t>Очиститель для соковыжималки шнековой CS600/CS700;салатов.</t>
+  </si>
+  <si>
+    <t>07013074</t>
+  </si>
+  <si>
+    <t>4000-50000C</t>
+  </si>
+  <si>
+    <t>9333.00₸</t>
+  </si>
+  <si>
+    <t>Корпус для соковыжималки шнековой CS600/CS700 верхняя часть;черный</t>
+  </si>
+  <si>
+    <t>07013081</t>
+  </si>
+  <si>
+    <t>3100-51001B</t>
+  </si>
+  <si>
+    <t>79449.00₸</t>
+  </si>
+  <si>
+    <t>Плата управления для соковыжималки шнековой CS700</t>
+  </si>
+  <si>
+    <t>07013083</t>
+  </si>
+  <si>
+    <t>5000-01050A</t>
+  </si>
+  <si>
+    <t>34589.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для соковыжималки шнековой CS600</t>
+  </si>
+  <si>
+    <t>07013117</t>
+  </si>
+  <si>
+    <t>4900-00051B/4900-00050D</t>
+  </si>
+  <si>
+    <t>415477.00₸</t>
   </si>
   <si>
     <t>29 шт.</t>
   </si>
   <si>
-    <t>Мотор к соковыж.;металл;D=11,5,H=18,L=18,B=11,5см;серебрист.</t>
-[...952 lines deleted...]
-  <si>
     <t>Основание для соковыжималки шнековой CS600/CS700;пластик;серый</t>
   </si>
   <si>
     <t>07013118</t>
   </si>
   <si>
     <t>3100-51012A</t>
   </si>
   <si>
     <t>12082.00₸</t>
   </si>
   <si>
     <t>Кольцо для соковыжималки шнековой CS700;синий</t>
   </si>
   <si>
     <t>07013119</t>
   </si>
   <si>
     <t>5904-00147A</t>
   </si>
   <si>
     <t>1217.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Фиксатор для соковыжималки шнековой CS700;резина;серый</t>
   </si>
   <si>
     <t>07013120</t>
   </si>
   <si>
     <t>5000-00235B</t>
   </si>
   <si>
     <t>Кольцо для соковыжималки подкладное для верхней части корпуса CS700;сталь нерж.</t>
   </si>
   <si>
     <t>07013122</t>
   </si>
   <si>
     <t>5000-00987A</t>
   </si>
   <si>
     <t>3173.00₸</t>
   </si>
   <si>
     <t>Винт для соковыжималки CS700 набор для крепления мотора</t>
   </si>
   <si>
     <t>07013161</t>
@@ -1307,68 +1136,62 @@
   <si>
     <t>4400-50590B</t>
   </si>
   <si>
     <t>15616.00₸</t>
   </si>
   <si>
     <t>Предохранитель для соковыжималки «1000KP» универсальной с шайбой</t>
   </si>
   <si>
     <t>07013231</t>
   </si>
   <si>
     <t>1000KP-2</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>9436.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Держатель для соковыжималки «2000E-5» для ножа;серебрян.</t>
   </si>
   <si>
     <t>07013213</t>
   </si>
   <si>
     <t>2000E-5-10</t>
   </si>
   <si>
     <t>6685.00₸</t>
   </si>
   <si>
-    <t>50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Запчасть для соковыжималки «2000E-5» для цитрусовых шестерня В1;D=13,5см</t>
   </si>
   <si>
     <t>07013217</t>
   </si>
   <si>
     <t>2000E-5-21</t>
   </si>
   <si>
     <t>26334.00₸</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня В1;D=10см</t>
   </si>
   <si>
     <t>07013204</t>
   </si>
   <si>
     <t>2000E-2-31</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых вогнутый шар для отжима;оранжев.</t>
   </si>
   <si>
     <t>07013196</t>
@@ -1382,53 +1205,50 @@
   <si>
     <t>Запчасть для соковыжималки «2000E-5» для чистки апельсинов;металлич.</t>
   </si>
   <si>
     <t>07013208</t>
   </si>
   <si>
     <t>2000E-5-2</t>
   </si>
   <si>
     <t>11004.00₸</t>
   </si>
   <si>
     <t>Винт для соковыжималки «2000E-2» для цитрусовых;D=4см;оранжев.</t>
   </si>
   <si>
     <t>07013194</t>
   </si>
   <si>
     <t>2000E-2-4</t>
   </si>
   <si>
     <t>6293.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Запчасть для соковыжималки «2000E-5» для цитрусовых шестерня мотора приводная A;D=10см</t>
   </si>
   <si>
     <t>07013218</t>
   </si>
   <si>
     <t>2000E-5-22</t>
   </si>
   <si>
     <t>31437.00₸</t>
   </si>
   <si>
     <t>Крепление для соковыжималки «2000E-2» для чистки апельсинов;металлич.</t>
   </si>
   <si>
     <t>07013197</t>
   </si>
   <si>
     <t>2000E-2-10</t>
   </si>
   <si>
     <t>12579.00₸</t>
   </si>
   <si>
     <t>Нож для соковыжималки «2000E-2» для цитрусовых</t>
@@ -1469,80 +1289,74 @@
   <si>
     <t>Запчасть для соковыжималки «2000E-5» для цитрусовых шестерня мотора приводная B;D=45мм</t>
   </si>
   <si>
     <t>07013219</t>
   </si>
   <si>
     <t>2000E-5-23</t>
   </si>
   <si>
     <t>16114.00₸</t>
   </si>
   <si>
     <t>Крепление для соковыжималки «2000E-5» для чистки апельсинов;оранжев.</t>
   </si>
   <si>
     <t>07013209</t>
   </si>
   <si>
     <t>2000E-5-3</t>
   </si>
   <si>
     <t>2751.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для соковыжималки «2000E-2» для цитрусовых в сборе;оранжев.</t>
   </si>
   <si>
     <t>07013191</t>
   </si>
   <si>
     <t>2000E-2-1</t>
   </si>
   <si>
     <t>24367.00₸</t>
   </si>
   <si>
     <t>Крепление для соковыжималки «1000KP» универсальной (комплект 2шт+4 винта)</t>
   </si>
   <si>
     <t>07013221</t>
   </si>
   <si>
     <t>1000KP-4</t>
   </si>
   <si>
     <t>4718.00₸</t>
   </si>
   <si>
-    <t>28 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня мотора приводная A;D=12см</t>
   </si>
   <si>
     <t>07013205</t>
   </si>
   <si>
     <t>2000E-2-32</t>
   </si>
   <si>
     <t>32228.00₸</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня А1;D=13,5см</t>
   </si>
   <si>
     <t>07013201</t>
   </si>
   <si>
     <t>2000E-2-28</t>
   </si>
   <si>
     <t>28294.00₸</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-5» для цитрусовых вогнутый шар для отжима;оранжев.</t>
@@ -1610,53 +1424,50 @@
   <si>
     <t>2000E-2-25</t>
   </si>
   <si>
     <t>354445.00₸</t>
   </si>
   <si>
     <t>Фиксатор для соковыжималки «1000KP» универсальной[2шт]</t>
   </si>
   <si>
     <t>07013220</t>
   </si>
   <si>
     <t>1000KP-3</t>
   </si>
   <si>
     <t>Винт для соковыжималки «2000E-5» для цитрусовых;D=33мм;оранжев.</t>
   </si>
   <si>
     <t>07013210</t>
   </si>
   <si>
     <t>2000E-5-4</t>
   </si>
   <si>
-    <t>49 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня В1;D=13,5см</t>
   </si>
   <si>
     <t>07013202</t>
   </si>
   <si>
     <t>2000E-2-29</t>
   </si>
   <si>
     <t>Держатель для соковыжималки «2000E-2» для ножа;серебрян.</t>
   </si>
   <si>
     <t>07013198</t>
   </si>
   <si>
     <t>2000E-2-11</t>
   </si>
   <si>
     <t>Нож для соковыжималки «2000E-5» для цитрусовых в сборе;оранжев.</t>
   </si>
   <si>
     <t>07013207</t>
   </si>
   <si>
     <t>2000E-5-1</t>
@@ -1677,53 +1488,50 @@
     <t>Запчасть для соковыжималки «2000E-5» для цитрусовых шестерня А1;D=13,5см</t>
   </si>
   <si>
     <t>07013216</t>
   </si>
   <si>
     <t>2000E-5-20</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня А2;D=10см</t>
   </si>
   <si>
     <t>07013203</t>
   </si>
   <si>
     <t>2000E-2-30</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-2» для чистки цитрусовых;оранжев.</t>
   </si>
   <si>
     <t>07013192</t>
   </si>
   <si>
     <t>2000E-2-2</t>
-  </si>
-[...1 lines deleted...]
-    <t>44 шт.</t>
   </si>
   <si>
     <t>Нож для соковыжималки «1000KP» терка;D=12см</t>
   </si>
   <si>
     <t>07013224</t>
   </si>
   <si>
     <t>1000KP-9</t>
   </si>
   <si>
     <t>34188.00₸</t>
   </si>
   <si>
     <t>Емкость для соковыжималки «YTZ-002» контейнер с крышкой;пластик;черный</t>
   </si>
   <si>
     <t>07013228</t>
   </si>
   <si>
     <t>YTZ-002-6</t>
   </si>
   <si>
     <t>11795.00₸</t>
   </si>
@@ -1762,51 +1570,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE8B-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE68-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE578F-424C-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AF84F-2224-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED61A-424B-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E21DC0A-2224-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AF9FD-2224-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EE4-424C-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D32-424C-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8A-424D-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8F-424D-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E92-424D-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460A5-424E-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460A7-424E-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460A9-424E-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460AA-424E-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099387-424E-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099388-424E-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE30-424E-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE32-424E-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE38-424E-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE39-424E-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3A-424E-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3D-424E-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3E-424E-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088DC05F-2223-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE40-424E-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE41-424E-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DF0-424F-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DF1-424F-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB85A-2224-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8E9-424F-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD81F-4252-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B8D-4252-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941D-8149-11E9-BBBA-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C75D-3157-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC3326E-F161-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E23317D-4769-11EA-BBCE-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E8F-424F-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111909-4250-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111934-4250-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B0-4251-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87002434-2230-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA645954-4252-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23FEC4EF-2231-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C2-4253-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C3-4253-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A68A-3126-11EC-BBF4-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329BD9A-2230-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B538D-4254-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127D1B-2230-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233183-4769-11EA-BBCE-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD966033-1CC0-11EE-BC0C-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251F73E-1CC0-11EE-BC0C-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07B9E9B5-2230-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B610715-222F-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87493706-5CD4-11F0-BC49-0050569297EB57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD68F2F-1CC1-11EE-BC0C-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181501-1CC1-11EE-BC0C-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F79BA847-1CC0-11EE-BC0C-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161812FB-1CC1-11EE-BC0C-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD68FE1-1CC1-11EE-BC0C-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69444-1CC1-11EE-BC0C-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD6956E-1CC1-11EE-BC0C-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C1671A9-1CC1-11EE-BC0C-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A40E1-1CC1-11EE-BC0C-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD6935C-1CC1-11EE-BC0C-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64223-1CC0-11EE-BC0C-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64387-1CC0-11EE-BC0C-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0B0C09-1CC0-11EE-BC0C-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A41DB-1CC1-11EE-BC0C-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69632-1CC1-11EE-BC0C-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181969-1CC1-11EE-BC0C-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA642D5-1CC0-11EE-BC0C-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3C0C-1CC1-11EE-BC0C-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD96625B-1CC0-11EE-BC0C-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9660F7-1CC0-11EE-BC0C-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93C2AF-2230-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9A1-424F-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9A3-424F-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18C92-9C06-11EE-BC36-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18DFE-9C06-11EE-BC36-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C563-9C06-11EE-BC36-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C2E93-9B58-11EE-BC36-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C3329C-9C06-11EE-BC36-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C3358E-9C06-11EE-BC36-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5DC7-AEC9-11EE-BC40-00505692492F87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A53ECD-9B58-11EE-BC36-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA2D0-AEC9-11EE-BC40-00505692492F89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C77B-9C06-11EE-BC36-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E6462-A111-11EE-BC36-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18547038-AECA-11EE-BC40-00505692492F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FC716E0-AEC8-11EE-BC40-00505692492F93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185471B0-AECA-11EE-BC40-00505692492F94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D761140-AECA-11EE-BC40-00505692492F95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D7600D6-AECA-11EE-BC40-00505692492F96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7949FA4F-AECA-11EE-BC40-00505692492F97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7949F187-AECA-11EE-BC40-00505692492F98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857C4A-A111-11EE-BC36-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AE78-AECA-11EE-BC40-00505692492F100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468B0BA-AECA-11EE-BC40-00505692492F101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AFC0-AECA-11EE-BC40-00505692492F102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D760965-AECA-11EE-BC40-00505692492F103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA3A3-AEC9-11EE-BC40-00505692492F104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5F50-AEC9-11EE-BC40-00505692492F105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0A89-45F0-11EF-BC57-00505692E049106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A724903F-45F0-11EF-BC57-00505692E049107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5722D51-3D5E-11EF-BC4D-00505692C447108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248E93-45F0-11EF-BC57-00505692E049109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB6A73E7-3D5E-11EF-BC4D-00505692C447110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A119235F-45F0-11EF-BC57-00505692E049111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A72492C1-45F0-11EF-BC57-00505692E049112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A119250B-45F0-11EF-BC57-00505692E049113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11920D4-45F0-11EF-BC57-00505692E049114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B209E37-45F0-11EF-BC57-00505692E049115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1192289-45F0-11EF-BC57-00505692E049116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B209D61-45F0-11EF-BC57-00505692E049117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1192435-45F0-11EF-BC57-00505692E049118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A47F-45F0-11EF-BC57-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF751E35-3D5E-11EF-BC4D-00505692C447120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11921AA-45F0-11EF-BC57-00505692E049121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723225-3D5E-11EF-BC4D-00505692C447122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723515-3D5E-11EF-BC4D-00505692C447123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F57230AD-3D5E-11EF-BC4D-00505692C447124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75230A-3D5E-11EF-BC4D-00505692C447125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF751FBF-3D5E-11EF-BC4D-00505692C447126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A009-45F0-11EF-BC57-00505692E049127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248D81-45F0-11EF-BC57-00505692E049128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF752149-3D5E-11EF-BC4D-00505692C447129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B323-45F0-11EF-BC57-00505692E049130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A72491EB-45F0-11EF-BC57-00505692E049131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723343-3D5E-11EF-BC4D-00505692C447132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7249115-45F0-11EF-BC57-00505692E049133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0DF3-45F0-11EF-BC57-00505692E049134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1191FFE-45F0-11EF-BC57-00505692E049135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5722EED-3D5E-11EF-BC4D-00505692C447136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248F69-45F0-11EF-BC57-00505692E049137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11925E1-45F0-11EF-BC57-00505692E049138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DAB78-EAEE-11EF-BC4E-00505692C447139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16E3D86E-918F-11EF-BC4E-00505692C447140.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE8B-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE68-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE578F-424C-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AF84F-2224-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED61A-424B-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AF9FD-2224-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EE4-424C-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D32-424C-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8A-424D-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8F-424D-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460A7-424E-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE30-424E-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE32-424E-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE38-424E-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE39-424E-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3A-424E-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3D-424E-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3E-424E-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088DC05F-2223-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE40-424E-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941D-8149-11E9-BBBA-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C75D-3157-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC3326E-F161-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E23317D-4769-11EA-BBCE-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111909-4250-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111934-4250-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B0-4251-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87002434-2230-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA645954-4252-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23FEC4EF-2231-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C2-4253-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C3-4253-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A68A-3126-11EC-BBF4-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329BD9A-2230-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B538D-4254-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127D1B-2230-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233183-4769-11EA-BBCE-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD966033-1CC0-11EE-BC0C-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251F73E-1CC0-11EE-BC0C-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07B9E9B5-2230-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B610715-222F-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87493706-5CD4-11F0-BC49-0050569297EB42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD68F2F-1CC1-11EE-BC0C-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181501-1CC1-11EE-BC0C-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F79BA847-1CC0-11EE-BC0C-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161812FB-1CC1-11EE-BC0C-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD68FE1-1CC1-11EE-BC0C-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69444-1CC1-11EE-BC0C-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD6956E-1CC1-11EE-BC0C-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C1671A9-1CC1-11EE-BC0C-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A40E1-1CC1-11EE-BC0C-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD6935C-1CC1-11EE-BC0C-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64223-1CC0-11EE-BC0C-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64387-1CC0-11EE-BC0C-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0B0C09-1CC0-11EE-BC0C-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A41DB-1CC1-11EE-BC0C-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69632-1CC1-11EE-BC0C-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181969-1CC1-11EE-BC0C-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA642D5-1CC0-11EE-BC0C-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3C0C-1CC1-11EE-BC0C-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD96625B-1CC0-11EE-BC0C-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9660F7-1CC0-11EE-BC0C-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18C92-9C06-11EE-BC36-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18DFE-9C06-11EE-BC36-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C563-9C06-11EE-BC36-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C2E93-9B58-11EE-BC36-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C3329C-9C06-11EE-BC36-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C3358E-9C06-11EE-BC36-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5DC7-AEC9-11EE-BC40-00505692492F69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A53ECD-9B58-11EE-BC36-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA2D0-AEC9-11EE-BC40-00505692492F71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C77B-9C06-11EE-BC36-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E6462-A111-11EE-BC36-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18547038-AECA-11EE-BC40-00505692492F74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FC716E0-AEC8-11EE-BC40-00505692492F75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185471B0-AECA-11EE-BC40-00505692492F76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D761140-AECA-11EE-BC40-00505692492F77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D7600D6-AECA-11EE-BC40-00505692492F78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7949FA4F-AECA-11EE-BC40-00505692492F79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7949F187-AECA-11EE-BC40-00505692492F80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857C4A-A111-11EE-BC36-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AE78-AECA-11EE-BC40-00505692492F82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468B0BA-AECA-11EE-BC40-00505692492F83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AFC0-AECA-11EE-BC40-00505692492F84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D760965-AECA-11EE-BC40-00505692492F85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA3A3-AEC9-11EE-BC40-00505692492F86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5F50-AEC9-11EE-BC40-00505692492F87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0A89-45F0-11EF-BC57-00505692E04988.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A724903F-45F0-11EF-BC57-00505692E04989.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5722D51-3D5E-11EF-BC4D-00505692C44790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248E93-45F0-11EF-BC57-00505692E04991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB6A73E7-3D5E-11EF-BC4D-00505692C44792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A119235F-45F0-11EF-BC57-00505692E04993.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A72492C1-45F0-11EF-BC57-00505692E04994.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A119250B-45F0-11EF-BC57-00505692E04995.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11920D4-45F0-11EF-BC57-00505692E04996.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B209E37-45F0-11EF-BC57-00505692E04997.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1192289-45F0-11EF-BC57-00505692E04998.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B209D61-45F0-11EF-BC57-00505692E04999.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1192435-45F0-11EF-BC57-00505692E049100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A47F-45F0-11EF-BC57-00505692E049101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF751E35-3D5E-11EF-BC4D-00505692C447102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11921AA-45F0-11EF-BC57-00505692E049103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723225-3D5E-11EF-BC4D-00505692C447104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723515-3D5E-11EF-BC4D-00505692C447105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F57230AD-3D5E-11EF-BC4D-00505692C447106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75230A-3D5E-11EF-BC4D-00505692C447107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF751FBF-3D5E-11EF-BC4D-00505692C447108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A009-45F0-11EF-BC57-00505692E049109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248D81-45F0-11EF-BC57-00505692E049110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF752149-3D5E-11EF-BC4D-00505692C447111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B323-45F0-11EF-BC57-00505692E049112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A72491EB-45F0-11EF-BC57-00505692E049113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723343-3D5E-11EF-BC4D-00505692C447114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7249115-45F0-11EF-BC57-00505692E049115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0DF3-45F0-11EF-BC57-00505692E049116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1191FFE-45F0-11EF-BC57-00505692E049117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5722EED-3D5E-11EF-BC4D-00505692C447118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248F69-45F0-11EF-BC57-00505692E049119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11925E1-45F0-11EF-BC57-00505692E049120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DAB78-EAEE-11EF-BC4E-00505692C447121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16E3D86E-918F-11EF-BC4E-00505692C447122.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2971,531 +2779,531 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="44" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>53</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5414,590 +5222,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>127</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
-        <a:stretch>
-[...538 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6256,62 +5524,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-privodnaya-d-blenderov-waring-07010315/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-sokov-waring-07010318/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-k-kryshke-d-sokov-quamar-07010323/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-privodnaya-dzhuys-master-07010327/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-d-sokovyzh-makap-p206-sp2-s-gast-07010361/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-k-sokovyzh-jupiter-07010378/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzh-jupiter-07010380/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnit-kolco-k-sokovyzh-jupiter-07010385/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitkolco-k-sokovyzh-428-dzhuys-master-07010398/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-citrusk-sokov-11c-santos-07010515/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-citrus-k-sokov-38c-santos-07010520/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gayka-prizhimnaya-k-sokov50s-santos-07010523/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolcoverhnee-k-sokov28-santos-07010539/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stator-rotora-k-sokovyzh28-santos-07010541/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-uplotnitk-sokovyzh28-santos-07010543/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-k-sokovyzh28-santos-07010544/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-k-sokovyzh7010425-santos-07010550/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-k-sokovyzh7010425-santos-07010551/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ramka-zelmer-07010565/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-sokosbornika-zelmer-07010567/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dvuhpozicionnaya-zelmer-07010574/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-zelmer-07010575/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-zelmer-07010576/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-v-emkost-d-soka-zelmer-07010579/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-zelmer-07010580/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stator-zelmer-07010581/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rotor-zelmer-07010582/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikrovyklyuchatel-zelmer-07010583/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sceplenie-v-sbore-k-7010424-santos-07010588/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-fiksiruyuschaya-k-7010424-santos-07010589/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-sita-k-se-01-7010405-quamar-07010594/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mehanizm-pereklv-sbore-k-sokovyzh50c-santos-07010606/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gluhaya-gayka-k-sokov28-santos-07010613/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhnyaya-zhestkaya-mufta-d-art33240-santos-07010614/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motornyy-blok-k-sokov428-dzhuys-master-07010628/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzhspa-6-beckers-07010631/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-dvigatelya-d-sokovyzhspa-6-beckers-07010632/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaplesbornik-d-j100u-robot-coupe-07010638/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhnee-fiksirkolco-d-sokov11-santos-07011204/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-j80ultra-blixer2-230v-robot-coupe-07011210/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/flanec-robot-coupe-07011217/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nosik-d-j80-ultra-robot-coupe-07011232/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-d-sokovyzhse-01-quamar-07011253/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-zapasnoy-d-sokovyzhspr01507-new-beckers-07011406/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-sm-cj4-230-50-60hz-fimar-07011412/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-gruppovoy-20azaschita-dlya-srp-fimar-07011413/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kondensator-4uf-sm-cj4-fimar-07011414/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnaya-chast-d-sokovcj4-fimar-07011416/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovcj4-fimar-07011417/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-artspl235m-fimar-07011420/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzhpc700-fimar-07011421/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podshipnikov-d-sokovj80-robot-coupe-07011422/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-fimar-07011428/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-sokovyzhimalki-fimar-07011429/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-dvuhfazovyy-dlya-sokovyzhimalki-fimar-07011442/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovsm-cj6-fimar-07021543/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-sokovspm-spl-fimar-07021551/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shayba-vala-d-sokovyzhcj-4-fimar-07021558/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/val-d-sokovyzhcj-4-fimar-07021559/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blok-vyklyucheniya-d-sokovyzhimalki-j80u-robot-coupe-07021560/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-d-sokovyzh-ki-spa6-beckers-07021561/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-kryshki-d-kuttera-r4a-robot-coupe-07021916/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-dlya-juice-s12-07110304/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zamok-emka-dlya-juice-s12-07110306/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perehodnyy-ugolnik-dlya-juice-s12-07110307/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-elm-dlya-juice-s12-07110308/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koleno-dlya-juice-s12-07110310/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110311/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110312/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110313/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konnektor-dlya-juice-s12-07110314/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-pryamougs-podsvetkoy-dlya-juice-s12-07110315/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnyy-regulyator-dlya-juice-s12-07110316/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schup-termostata-dlya-juice-s12-07110319/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/regulyator-davleniya-juice-s12-07110320/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kondensator-dlya-juice-s12-07110321/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-s-solenoidom-dlya-juice-s12-07110322/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/datchik-siropa-dlya-juice-s12-07110323/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ezhektor-dlya-juice-s12-07110324/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kontroler-dlya-juice-s12-07110325/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/manometr-dlya-juice-s12-07110326/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-m10-dlya-juice-s12-220v-07110328/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zadniy-podshipnik-santos-09101170/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zamykatel-santos-09101171/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-santos-09101175/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shnek-dlya-sokovyzhimalki-kuvings-07013067/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-dlya-sokovyzhimalki-kuvings-07013068/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ochistitel-dlya-sokovyzhimalki-kuvings-07013069/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-sokovyzhimalki-kuvings-07013071/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-sokovyzhimalki-kuvings-07013072/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-sokovyzhimalki-kuvings-07013073/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ochistitel-dlya-sokovyzhimalki-kuvings-07013074/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-sokovyzhimalki-kuvings-07013081/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-dlya-sokovyzhimalki-kuvings-07013083/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-kuvings-07013117/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-sokovyzhimalki-kuvings-07013118/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-sokovyzhimalki-kuvings-07013119/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiksator-dlya-sokovyzhimalki-kuvings-07013120/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-sokovyzhimalki-kuvings-07013122/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013161/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013162/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013163/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013164/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013174/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013175/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013176/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013177/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013178/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-sokovyzhimalki-kuvings-07013189/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-sokovyzhimalki-kuvings-07013190/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-dlya-sokovyzhimalki-probar-07013231/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-sokovyzhimalki-probar-07013213/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013217/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013204/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013196/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013208/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-probar-07013194/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013218/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013197/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013199/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-probar-07013230/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013214/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013219/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013209/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013191/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013221/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013205/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013201/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013212/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013222/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013215/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013229/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013206/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013200/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiksator-dlya-sokovyzhimalki-probar-07013220/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-probar-07013210/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013202/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-sokovyzhimalki-probar-07013198/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013207/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013193/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013216/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013203/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013192/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013224/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-sokovyzhimalki-probar-07013228/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-privodnaya-d-blenderov-waring-07010315/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-sokov-waring-07010318/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-k-kryshke-d-sokov-quamar-07010323/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-privodnaya-dzhuys-master-07010327/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-d-sokovyzh-makap-p206-sp2-s-gast-07010361/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzh-jupiter-07010380/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnit-kolco-k-sokovyzh-jupiter-07010385/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitkolco-k-sokovyzh-428-dzhuys-master-07010398/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-citrusk-sokov-11c-santos-07010515/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-citrus-k-sokov-38c-santos-07010520/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stator-rotora-k-sokovyzh28-santos-07010541/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ramka-zelmer-07010565/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-sokosbornika-zelmer-07010567/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dvuhpozicionnaya-zelmer-07010574/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-zelmer-07010575/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-zelmer-07010576/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-v-emkost-d-soka-zelmer-07010579/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-zelmer-07010580/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stator-zelmer-07010581/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rotor-zelmer-07010582/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motornyy-blok-k-sokov428-dzhuys-master-07010628/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzhspa-6-beckers-07010631/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-dvigatelya-d-sokovyzhspa-6-beckers-07010632/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaplesbornik-d-j100u-robot-coupe-07010638/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-j80ultra-blixer2-230v-robot-coupe-07011210/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/flanec-robot-coupe-07011217/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nosik-d-j80-ultra-robot-coupe-07011232/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-d-sokovyzhse-01-quamar-07011253/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-zapasnoy-d-sokovyzhspr01507-new-beckers-07011406/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-sm-cj4-230-50-60hz-fimar-07011412/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-gruppovoy-20azaschita-dlya-srp-fimar-07011413/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kondensator-4uf-sm-cj4-fimar-07011414/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnaya-chast-d-sokovcj4-fimar-07011416/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovcj4-fimar-07011417/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-artspl235m-fimar-07011420/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzhpc700-fimar-07011421/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podshipnikov-d-sokovj80-robot-coupe-07011422/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-fimar-07011428/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-sokovyzhimalki-fimar-07011429/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-dvuhfazovyy-dlya-sokovyzhimalki-fimar-07011442/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovsm-cj6-fimar-07021543/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-sokovspm-spl-fimar-07021551/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shayba-vala-d-sokovyzhcj-4-fimar-07021558/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/val-d-sokovyzhcj-4-fimar-07021559/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blok-vyklyucheniya-d-sokovyzhimalki-j80u-robot-coupe-07021560/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-d-sokovyzh-ki-spa6-beckers-07021561/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-kryshki-d-kuttera-r4a-robot-coupe-07021916/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-dlya-juice-s12-07110304/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zamok-emka-dlya-juice-s12-07110306/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perehodnyy-ugolnik-dlya-juice-s12-07110307/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-elm-dlya-juice-s12-07110308/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koleno-dlya-juice-s12-07110310/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110311/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110312/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110313/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konnektor-dlya-juice-s12-07110314/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-pryamougs-podsvetkoy-dlya-juice-s12-07110315/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnyy-regulyator-dlya-juice-s12-07110316/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schup-termostata-dlya-juice-s12-07110319/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/regulyator-davleniya-juice-s12-07110320/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kondensator-dlya-juice-s12-07110321/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-s-solenoidom-dlya-juice-s12-07110322/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/datchik-siropa-dlya-juice-s12-07110323/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ezhektor-dlya-juice-s12-07110324/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kontroler-dlya-juice-s12-07110325/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/manometr-dlya-juice-s12-07110326/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-m10-dlya-juice-s12-220v-07110328/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shnek-dlya-sokovyzhimalki-kuvings-07013067/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-dlya-sokovyzhimalki-kuvings-07013068/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ochistitel-dlya-sokovyzhimalki-kuvings-07013069/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-sokovyzhimalki-kuvings-07013071/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-sokovyzhimalki-kuvings-07013072/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-sokovyzhimalki-kuvings-07013073/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ochistitel-dlya-sokovyzhimalki-kuvings-07013074/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-sokovyzhimalki-kuvings-07013081/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-dlya-sokovyzhimalki-kuvings-07013083/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-kuvings-07013117/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-sokovyzhimalki-kuvings-07013118/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-sokovyzhimalki-kuvings-07013119/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiksator-dlya-sokovyzhimalki-kuvings-07013120/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-sokovyzhimalki-kuvings-07013122/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013161/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013162/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013163/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013164/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013174/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013175/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013176/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013177/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013178/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-sokovyzhimalki-kuvings-07013189/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-sokovyzhimalki-kuvings-07013190/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-dlya-sokovyzhimalki-probar-07013231/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-sokovyzhimalki-probar-07013213/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013217/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013204/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013196/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013208/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-probar-07013194/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013218/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013197/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013199/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-probar-07013230/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013214/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013219/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013209/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013191/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013221/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013205/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013201/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013212/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013222/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013215/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013229/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013206/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013200/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiksator-dlya-sokovyzhimalki-probar-07013220/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-probar-07013210/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013202/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-sokovyzhimalki-probar-07013198/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013207/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013193/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013216/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013203/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013192/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013224/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-sokovyzhimalki-probar-07013228/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L146"/>
+  <dimension ref="A1:L128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I146" sqref="I146"/>
+      <selection activeCell="I128" sqref="I128"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -6508,4482 +5776,3906 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="D9" s="0" t="s">
-        <v>55</v>
+      <c r="D9" s="0">
+        <v>176.0062</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" s="0">
+        <v>11101</v>
+      </c>
+      <c r="E10" s="0" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D11" s="0">
-        <v>11101</v>
+        <v>38101</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D12" s="0">
-        <v>38101</v>
+        <v>28865</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0">
+        <v>476.009</v>
+      </c>
+      <c r="E13" s="0" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="L13" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="0">
-        <v>38202</v>
+        <v>476.0005</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="L14" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D15" s="0">
-        <v>28865</v>
+        <v>476.007</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="L15" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D16" s="0">
-        <v>28897</v>
+        <v>476.008</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>57</v>
+        <v>83</v>
       </c>
       <c r="L16" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D17" s="0">
-        <v>28873</v>
+        <v>388.1</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="L17" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D18" s="0">
-        <v>58652</v>
+        <v>476.0063</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>58658</v>
+        <v>91</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>92</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D20" s="0">
-        <v>476.009</v>
+        <v>389.11</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>93</v>
+        <v>70</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="L20" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D21" s="0">
-        <v>476.0005</v>
+        <v>389.12</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>93</v>
+        <v>70</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L21" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D22" s="0">
-        <v>476.007</v>
+        <v>42.8</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
       <c r="L22" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>476.008</v>
+        <v>105</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>106</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>106</v>
+        <v>41</v>
       </c>
       <c r="L23" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>109</v>
+        <v>82</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="L24" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D25" s="0">
-        <v>476.0063</v>
+        <v>39516</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C26" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="D26" s="0">
+        <v>39585</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D27" s="0">
-        <v>389.11</v>
+        <v>39914</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L27" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D28" s="0">
-        <v>389.12</v>
+        <v>39916</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D29" s="0" t="s">
         <v>126</v>
       </c>
+      <c r="D29" s="0">
+        <v>160144</v>
+      </c>
       <c r="E29" s="0" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>127</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="L29" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="D30" s="0">
-        <v>10600</v>
+      <c r="D30" s="0" t="s">
+        <v>130</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>63</v>
+        <v>107</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>10501</v>
+        <v>133</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>134</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>63</v>
+        <v>135</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>79</v>
+        <v>137</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C32" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="E32" s="0" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>50425</v>
+        <v>143</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>144</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>63</v>
+        <v>135</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>140</v>
+        <v>52</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>28308</v>
+        <v>147</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>148</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>63</v>
+        <v>135</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>33130</v>
+        <v>151</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>152</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>63</v>
+        <v>135</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>42.8</v>
+        <v>155</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>156</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>19</v>
+        <v>158</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>153</v>
+        <v>135</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>164</v>
+      </c>
+      <c r="D38" s="0">
+        <v>39905</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>153</v>
+        <v>114</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>105</v>
+        <v>165</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>39516</v>
+        <v>167</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>168</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L39" s="0"/>
+      <c r="L39" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>11202</v>
+        <v>171</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>172</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>63</v>
+        <v>135</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>39585</v>
+        <v>175</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>176</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
-      <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>39914</v>
+        <v>179</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>180</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L42" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>39916</v>
+        <v>183</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>184</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
-      <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>160144</v>
+        <v>187</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>188</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L44" s="0"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
-      <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>153</v>
+        <v>135</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L45" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
-      <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>195</v>
+      </c>
+      <c r="D46" s="0">
+        <v>39899</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>184</v>
+        <v>114</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>188</v>
+        <v>199</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>184</v>
+        <v>107</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
-      <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>202</v>
+      </c>
+      <c r="D48" s="0">
+        <v>39740</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>184</v>
+        <v>114</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>205</v>
+      </c>
+      <c r="D49" s="0">
+        <v>300141</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L49" s="0"/>
+        <v>137</v>
+      </c>
+      <c r="L49" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>210</v>
+      </c>
+      <c r="D50" s="0">
+        <v>229481</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L50" s="0"/>
+        <v>30</v>
+      </c>
+      <c r="L50" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>213</v>
+      </c>
+      <c r="D51" s="0">
+        <v>328112</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>216</v>
+      </c>
+      <c r="D52" s="0">
+        <v>353122</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>64</v>
+        <v>207</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="D53" s="0">
-        <v>39905</v>
+        <v>328138</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>160</v>
+        <v>206</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>64</v>
+        <v>207</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>222</v>
+      </c>
+      <c r="D54" s="0">
+        <v>354274</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>72</v>
+        <v>137</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>225</v>
+      </c>
+      <c r="D55" s="0">
+        <v>354275</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>227</v>
+      </c>
+      <c r="D56" s="0">
+        <v>354276</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
+      <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>230</v>
+      </c>
+      <c r="D57" s="0">
+        <v>355021</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L57" s="0"/>
+        <v>52</v>
+      </c>
+      <c r="L57" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>233</v>
+      </c>
+      <c r="D58" s="0">
+        <v>354267</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>19</v>
+        <v>235</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
+      <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>237</v>
+      </c>
+      <c r="D59" s="0">
+        <v>707155</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L59" s="0"/>
+        <v>137</v>
+      </c>
+      <c r="L59" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
+      <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="D60" s="0" t="s">
         <v>240</v>
       </c>
+      <c r="D60" s="0">
+        <v>356114</v>
+      </c>
       <c r="E60" s="0" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>241</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L60" s="0"/>
+        <v>137</v>
+      </c>
+      <c r="L60" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
+      <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D61" s="0">
-        <v>39899</v>
+        <v>326062</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>160</v>
+        <v>206</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>64</v>
+        <v>207</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>244</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L61" s="0"/>
+        <v>137</v>
+      </c>
+      <c r="L61" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="D62" s="0" t="s">
-        <v>247</v>
+      <c r="D62" s="0">
+        <v>304015</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>153</v>
+        <v>206</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>30</v>
+        <v>137</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
+      <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="0">
-        <v>39740</v>
+        <v>353146</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>160</v>
+        <v>206</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>64</v>
+        <v>207</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" s="0">
-        <v>300141</v>
+        <v>707154</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>254</v>
+        <v>206</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>255</v>
+        <v>207</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>72</v>
+        <v>254</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D65" s="0">
-        <v>229481</v>
+        <v>709308</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>254</v>
+        <v>206</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>255</v>
+        <v>207</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D66" s="0">
-        <v>328112</v>
+        <v>707156</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>254</v>
+        <v>206</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>255</v>
+        <v>207</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D67" s="0">
-        <v>353122</v>
+        <v>321028</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>254</v>
+        <v>206</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>255</v>
+        <v>207</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="D68" s="0">
-        <v>328138</v>
+        <v>343075</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>254</v>
+        <v>206</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>255</v>
+        <v>207</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="E69" s="0" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>354275</v>
+        <v>274</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>275</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>79</v>
+        <v>254</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>354276</v>
+        <v>278</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>279</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>79</v>
+        <v>281</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>355021</v>
+        <v>283</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>284</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>354267</v>
+        <v>287</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>288</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>283</v>
+        <v>94</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>707155</v>
+        <v>291</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>292</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>72</v>
+        <v>281</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>356114</v>
+        <v>295</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>296</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>326062</v>
+        <v>299</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>300</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>304015</v>
+        <v>303</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>304</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>353146</v>
+        <v>307</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>308</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>57</v>
+        <v>310</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>707154</v>
+        <v>312</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>313</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>302</v>
+        <v>254</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>709308</v>
+        <v>316</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>317</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>707156</v>
+        <v>320</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>321</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>321028</v>
+        <v>323</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>324</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>343075</v>
+        <v>327</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>328</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-        <v>28854</v>
+        <v>331</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>332</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>63</v>
+        <v>270</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>64</v>
+        <v>271</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>28516</v>
+        <v>334</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>335</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>63</v>
+        <v>270</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>64</v>
+        <v>271</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>28887</v>
+        <v>337</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>338</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>63</v>
+        <v>270</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>64</v>
+        <v>271</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>85</v>
+        <v>339</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>323</v>
+        <v>340</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>324</v>
+        <v>341</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>325</v>
+        <v>342</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>326</v>
+        <v>270</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>327</v>
+        <v>271</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>328</v>
+        <v>40</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>326</v>
+        <v>270</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>327</v>
+        <v>271</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>206</v>
+        <v>19</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>334</v>
+        <v>348</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>335</v>
+        <v>349</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>326</v>
+        <v>270</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>327</v>
+        <v>271</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>336</v>
+        <v>350</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>337</v>
+        <v>19</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>340</v>
+        <v>353</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>326</v>
+        <v>270</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>327</v>
+        <v>271</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>326</v>
+        <v>270</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>327</v>
+        <v>271</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>347</v>
+        <v>360</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>326</v>
+        <v>270</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>327</v>
+        <v>271</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>349</v>
+        <v>362</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>350</v>
+        <v>19</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>326</v>
+        <v>270</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>327</v>
+        <v>271</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>359</v>
+        <v>373</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>361</v>
+        <v>375</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>363</v>
+        <v>377</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>364</v>
+        <v>378</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>366</v>
+        <v>380</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>369</v>
+        <v>383</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>371</v>
+        <v>384</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>375</v>
+        <v>19</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>374</v>
+        <v>391</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>375</v>
+        <v>19</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>384</v>
+        <v>397</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>385</v>
+        <v>398</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>375</v>
+        <v>19</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>387</v>
+        <v>404</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>391</v>
+        <v>405</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>392</v>
+        <v>406</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>387</v>
+        <v>408</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>394</v>
+        <v>409</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>396</v>
+        <v>411</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>397</v>
+        <v>412</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>398</v>
+        <v>413</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>399</v>
+        <v>414</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>40</v>
+        <v>415</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>375</v>
+        <v>19</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>400</v>
+        <v>416</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>401</v>
+        <v>417</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>402</v>
+        <v>418</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>403</v>
+        <v>419</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>404</v>
+        <v>420</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>405</v>
+        <v>421</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>406</v>
+        <v>422</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>407</v>
+        <v>423</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>408</v>
+        <v>424</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>409</v>
+        <v>425</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>410</v>
+        <v>426</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>411</v>
+        <v>427</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>412</v>
+        <v>428</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>413</v>
+        <v>429</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>414</v>
+        <v>430</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>415</v>
+        <v>431</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>416</v>
+        <v>432</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>417</v>
+        <v>433</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>418</v>
+        <v>434</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>419</v>
+        <v>435</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>420</v>
+        <v>436</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>421</v>
+        <v>437</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>422</v>
+        <v>438</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>326</v>
+        <v>370</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>327</v>
+        <v>371</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>423</v>
+        <v>439</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>424</v>
+        <v>440</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>425</v>
+        <v>441</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>426</v>
+        <v>442</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>429</v>
+        <v>399</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>430</v>
+        <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>435</v>
+        <v>19</v>
       </c>
       <c r="L113" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>436</v>
+        <v>447</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>438</v>
+        <v>449</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>440</v>
+        <v>451</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>439</v>
+        <v>454</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>435</v>
+        <v>19</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>435</v>
+        <v>19</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>455</v>
+        <v>19</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>459</v>
+        <v>431</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>463</v>
+        <v>439</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>435</v>
+        <v>19</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>467</v>
+        <v>407</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>435</v>
+        <v>19</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>430</v>
+        <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>475</v>
+        <v>431</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>435</v>
+        <v>19</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>479</v>
+        <v>380</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>337</v>
+        <v>19</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>483</v>
+        <v>427</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>484</v>
+        <v>19</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>488</v>
+        <v>376</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>435</v>
+        <v>19</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>493</v>
+        <v>19</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>427</v>
+        <v>370</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>428</v>
+        <v>371</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="L128" s="0">
-        <v>1</v>
-[...574 lines deleted...]
-      <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -11073,68 +9765,50 @@
     <hyperlink ref="B104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_104"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_105"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_106"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_107"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_108"/>
     <hyperlink ref="B110" r:id="rId_hyperlink_109"/>
     <hyperlink ref="B111" r:id="rId_hyperlink_110"/>
     <hyperlink ref="B112" r:id="rId_hyperlink_111"/>
     <hyperlink ref="B113" r:id="rId_hyperlink_112"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_127"/>
-    <hyperlink ref="B129" r:id="rId_hyperlink_128"/>
-[...16 lines deleted...]
-    <hyperlink ref="B146" r:id="rId_hyperlink_145"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>