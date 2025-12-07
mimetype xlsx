--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -149,315 +149,315 @@
   <si>
     <t>4235.00₸</t>
   </si>
   <si>
     <t>Крышка «Бель Кузин»;фарфор;D=14,H=2см;черный</t>
   </si>
   <si>
     <t>03050702</t>
   </si>
   <si>
     <t>13583.00₸</t>
   </si>
   <si>
     <t>34 шт.</t>
   </si>
   <si>
     <t>Крышка «Бель Кузин»;фарфор;D=11,H=3см;черный</t>
   </si>
   <si>
     <t>03050706</t>
   </si>
   <si>
     <t>9002.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для горшка для запекания для ТИР00009918;керамика</t>
   </si>
   <si>
     <t>03051198</t>
   </si>
   <si>
     <t>ТИР00011370</t>
   </si>
   <si>
     <t>Борисовская Керамика</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>809.00₸</t>
   </si>
   <si>
     <t>Крышка для кокотницы №5</t>
   </si>
   <si>
     <t>03051336</t>
   </si>
   <si>
     <t>ЧУГ00013955</t>
   </si>
   <si>
     <t>Чугун</t>
   </si>
   <si>
     <t>470.00₸</t>
   </si>
   <si>
     <t>Крышка для горшка для запекания для арт. ОБЧ00000343ж/к , ОБЧ00000358к;керамика;коричнев.</t>
   </si>
   <si>
     <t>03051340</t>
   </si>
   <si>
     <t>ОБЧ00011463</t>
   </si>
   <si>
+    <t>732.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для тажина «Революшн»;керамика;D=29,H=15см;граф.</t>
+  </si>
+  <si>
+    <t>03051912</t>
+  </si>
+  <si>
+    <t>Revolution</t>
+  </si>
+  <si>
+    <t>81759.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для тажина «Революшн»;керамика;D=29,H=15см;граф.,белый</t>
+  </si>
+  <si>
+    <t>03051913</t>
+  </si>
+  <si>
+    <t>52784.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для горшка для запекания «Белая» Классический;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03051953</t>
+  </si>
+  <si>
+    <t>ИГК 23КУ</t>
+  </si>
+  <si>
+    <t>Башкирский фарфор</t>
+  </si>
+  <si>
+    <t>Белая</t>
+  </si>
+  <si>
+    <t>1587.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Крышка «Перфоманс»;сталь нерж.;D=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04012604</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Performance</t>
+  </si>
+  <si>
+    <t>25349.00₸</t>
+  </si>
+  <si>
+    <t>Крышка к порц.сков-де 4020213;керамика;D=150,H=75мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04140715</t>
+  </si>
+  <si>
+    <t>SAM</t>
+  </si>
+  <si>
+    <t>563.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли;сталь;D=200,H=55,L=215,B=215мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140726</t>
+  </si>
+  <si>
+    <t>316030-20</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>9287.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли;сталь;D=22,H=5,L=24,B=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04140727</t>
+  </si>
+  <si>
+    <t>316030-22</t>
+  </si>
+  <si>
+    <t>8344.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли;сталь;D=24,H=5,L=26,B=26см;металлич.</t>
+  </si>
+  <si>
+    <t>04140728</t>
+  </si>
+  <si>
+    <t>316030-24</t>
+  </si>
+  <si>
+    <t>10488.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли;сталь;D=180,H=60,L=195,B=195мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140730</t>
+  </si>
+  <si>
+    <t>316030-18</t>
+  </si>
+  <si>
+    <t>7223.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли «Пардини»;D=20см</t>
+  </si>
+  <si>
+    <t>04140744</t>
+  </si>
+  <si>
+    <t>819-20</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>4857.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для котелка HCK;чугун;D=127,H=60мм;черный</t>
+  </si>
+  <si>
+    <t>04140768</t>
+  </si>
+  <si>
+    <t>H5MIC</t>
+  </si>
+  <si>
+    <t>Lodge</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>12875.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для кастрюли;сталь;D=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04140769</t>
+  </si>
+  <si>
+    <t>316030-30</t>
+  </si>
+  <si>
+    <t>11535.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Крышка «Перфоманс»;сталь нерж.;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04140781</t>
+  </si>
+  <si>
+    <t>14596.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для тажина №3 КРС14456975;керамика;красный</t>
+  </si>
+  <si>
+    <t>03051971</t>
+  </si>
+  <si>
+    <t>КРС00026701</t>
+  </si>
+  <si>
+    <t>3658.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для горшка для запекания «Маренго» МАР00011596;керамика;,H=98мм</t>
+  </si>
+  <si>
+    <t>03051972</t>
+  </si>
+  <si>
+    <t>Мар00026962</t>
+  </si>
+  <si>
+    <t>Маренго</t>
+  </si>
+  <si>
+    <t>724.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для горшка для запекания для арт. ОБЧ00000358к;керамика;D=11см;коричнев.</t>
+  </si>
+  <si>
+    <t>03051981</t>
+  </si>
+  <si>
+    <t>Лакомка</t>
+  </si>
+  <si>
     <t>693.00₸</t>
-  </si>
-[...217 lines deleted...]
-    <t>Лакомка</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1662,651 +1662,651 @@
         <v>41</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D7" s="0">
         <v>643711</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="L7" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="D8" s="0" t="s">
+      <c r="E8" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="B9" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="G9" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="F9" s="0" t="s">
+      <c r="H9" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L9" s="0"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="L10" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D11" s="0">
         <v>654776</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D12" s="0">
         <v>654777</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="F13" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="G13" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L13" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D14" s="0">
         <v>670536</v>
       </c>
       <c r="E14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D15" s="0"/>
       <c r="E15" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="L15" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="D18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="D19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E20" s="0"/>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L22" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D23" s="0">
         <v>670524</v>
       </c>
       <c r="E23" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="B24" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="B25" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="D25" s="0" t="s">
+      <c r="E25" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="E25" s="0" t="s">
+      <c r="G25" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="F25" s="0" t="s">
+      <c r="H25" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="B26" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D26" s="0"/>
       <c r="E26" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="G26" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="F26" s="0" t="s">
+      <c r="H26" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L26" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>