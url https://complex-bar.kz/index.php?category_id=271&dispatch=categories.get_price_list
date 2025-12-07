--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -113,827 +113,824 @@
   <si>
     <t>Ameryka</t>
   </si>
   <si>
     <t>ПОЛЬША</t>
   </si>
   <si>
     <t>3234.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Крышка для чайника «Грэйс»;фарфор;D=78,H=50мм;белый</t>
   </si>
   <si>
     <t>03150504</t>
   </si>
   <si>
     <t>Grace</t>
   </si>
   <si>
     <t>3104.00₸</t>
   </si>
   <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Вейвел»;фарфор;D=5,H=2см;белый</t>
+  </si>
+  <si>
+    <t>03150505</t>
+  </si>
+  <si>
+    <t>Wawel</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Мико»;стекло;D=7,H=5см;прозр.</t>
+  </si>
+  <si>
+    <t>03150506</t>
+  </si>
+  <si>
+    <t>Trendglas</t>
+  </si>
+  <si>
+    <t>Miko</t>
+  </si>
+  <si>
+    <t>ВЕНГРИЯ</t>
+  </si>
+  <si>
+    <t>8132.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Прага» 0.75л,1.2л;фарфор;D=10,H=5см;белый</t>
+  </si>
+  <si>
+    <t>03150508</t>
+  </si>
+  <si>
+    <t>PRA4275</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Praha</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>3181.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Крышка д/арт. 3150309 «Прага»;фарфор;400мл;D=7,H=4см;белый</t>
+  </si>
+  <si>
+    <t>03150509</t>
+  </si>
+  <si>
+    <t>PRA3940</t>
+  </si>
+  <si>
+    <t>1625.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Принцип»;фарфор;1,2л;D=115,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03150513</t>
+  </si>
+  <si>
+    <t>PRI4212</t>
+  </si>
+  <si>
+    <t>Princip</t>
+  </si>
+  <si>
+    <t>2811.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Аркадия»;фарфор;0,6л;D=10см;белый</t>
+  </si>
+  <si>
+    <t>03150523</t>
+  </si>
+  <si>
+    <t>Arcadia</t>
+  </si>
+  <si>
+    <t>632.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника универсальная D нижн=7см;стекло;,H=25мм;прозр.</t>
+  </si>
+  <si>
+    <t>03150529</t>
+  </si>
+  <si>
+    <t>5044.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Атлантис»;фарфор;D=95,H=52мм;белый</t>
+  </si>
+  <si>
+    <t>03150530</t>
+  </si>
+  <si>
+    <t>ATL4235</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>Atlantis</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>3981.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Виктория»;фарфор;400мл;D=65,H=55,L=75,B=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150531</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>3404.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника арт.C661 «Монако Вайт»;фарфор;,H=6,L=10,B=8см;белый</t>
+  </si>
+  <si>
+    <t>03150533</t>
+  </si>
+  <si>
+    <t>9001 C666</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>Monaco White</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0830, 0834 «Симплисити вайт-Хармони»;фарфор;D=6,H=6,L=8см;белый</t>
+  </si>
+  <si>
+    <t>03150534</t>
+  </si>
+  <si>
+    <t>1101 0846</t>
+  </si>
+  <si>
+    <t>Simpl White</t>
+  </si>
+  <si>
+    <t>6461.00₸</t>
+  </si>
+  <si>
     <t>49 шт.</t>
   </si>
   <si>
-    <t>Крышка для чайника «Вейвел»;фарфор;D=5,H=2см;белый</t>
-[...50 lines deleted...]
-    <t>2942.00₸</t>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,5л;D=5см;белый</t>
+  </si>
+  <si>
+    <t>03150536</t>
+  </si>
+  <si>
+    <t>A0256L</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>259.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,75л;D=65/52мм;белый</t>
+  </si>
+  <si>
+    <t>03150537</t>
+  </si>
+  <si>
+    <t>A6685L</t>
+  </si>
+  <si>
+    <t>588.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,5л;D=67/52мм;белый</t>
+  </si>
+  <si>
+    <t>03150538</t>
+  </si>
+  <si>
+    <t>A0212L</t>
+  </si>
+  <si>
+    <t>553.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,9л;D=85/68мм;белый</t>
+  </si>
+  <si>
+    <t>03150539</t>
+  </si>
+  <si>
+    <t>A0254L</t>
+  </si>
+  <si>
+    <t>427.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,95л;D=76/59мм;белый</t>
+  </si>
+  <si>
+    <t>03150540</t>
+  </si>
+  <si>
+    <t>A4181L</t>
+  </si>
+  <si>
+    <t>826.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,5л;D=7,H=5см;черный</t>
+  </si>
+  <si>
+    <t>03150541</t>
+  </si>
+  <si>
+    <t>A4372L</t>
+  </si>
+  <si>
+    <t>630.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;D=60/44мм;белый</t>
+  </si>
+  <si>
+    <t>03150542</t>
+  </si>
+  <si>
+    <t>A5232L</t>
+  </si>
+  <si>
+    <t>483.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,8л;D=73/55мм;белый</t>
+  </si>
+  <si>
+    <t>03150543</t>
+  </si>
+  <si>
+    <t>A1465L</t>
+  </si>
+  <si>
+    <t>511.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,7л;D=77/59мм;белый</t>
+  </si>
+  <si>
+    <t>03150544</t>
+  </si>
+  <si>
+    <t>A0255L</t>
+  </si>
+  <si>
+    <t>399.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;300мл;D=52/40мм;белый</t>
+  </si>
+  <si>
+    <t>03150545</t>
+  </si>
+  <si>
+    <t>A5231L</t>
+  </si>
+  <si>
+    <t>315.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;1,1л;D=85мм;белый</t>
+  </si>
+  <si>
+    <t>03150546</t>
+  </si>
+  <si>
+    <t>A0213L</t>
+  </si>
+  <si>
+    <t>476.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Проотель»;фарфор;260мл;D=5см;белый</t>
+  </si>
+  <si>
+    <t>03150548</t>
+  </si>
+  <si>
+    <t>lid1247-1</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>147.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Джейд»;кост.фарф.</t>
+  </si>
+  <si>
+    <t>03150550</t>
+  </si>
+  <si>
+    <t>61040-800001-34212</t>
+  </si>
+  <si>
+    <t>Rosenthal</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>4767.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Спайро»;фарфор;475мл;D=4,H=6,L=6см;белый</t>
+  </si>
+  <si>
+    <t>03150551</t>
+  </si>
+  <si>
+    <t>9032 C727</t>
+  </si>
+  <si>
+    <t>Spyro</t>
+  </si>
+  <si>
+    <t>7631.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0831, 0835 «Симплисити вайт-Хармони»;фарфор;D=55,H=50,L=70мм;белый</t>
+  </si>
+  <si>
+    <t>03150554</t>
+  </si>
+  <si>
+    <t>1101 0847</t>
+  </si>
+  <si>
+    <t>5498.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Спайро»;фарфор;0,795л;D=56,H=65,L=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150555</t>
+  </si>
+  <si>
+    <t>9032 C725</t>
+  </si>
+  <si>
+    <t>8517.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Хани»;фарфор;420мл;D=85,H=60мм;бежев.</t>
+  </si>
+  <si>
+    <t>03150556</t>
+  </si>
+  <si>
+    <t>1543 A801</t>
+  </si>
+  <si>
+    <t>Honey Nat</t>
+  </si>
+  <si>
+    <t>6661.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150334 «Мелодия»;фарфор;D=78,H=43мм;белый</t>
+  </si>
+  <si>
+    <t>03150557</t>
+  </si>
+  <si>
+    <t>MEL4235</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>1787.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150335 «Мелодия»;фарфор;D=92,H=45мм;белый</t>
+  </si>
+  <si>
+    <t>03150558</t>
+  </si>
+  <si>
+    <t>MEL4275</t>
+  </si>
+  <si>
+    <t>3142.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Виктория»;фарфор;1л;D=75,H=55,L=91,B=91мм;белый</t>
+  </si>
+  <si>
+    <t>03150560</t>
+  </si>
+  <si>
+    <t>3273.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150120;пластик;D=85,H=47,L=84мм;черный</t>
+  </si>
+  <si>
+    <t>03150561</t>
+  </si>
+  <si>
+    <t>D21020039</t>
+  </si>
+  <si>
+    <t>392.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150122;сталь;D=90,H=40,L=87мм;серебрян.</t>
+  </si>
+  <si>
+    <t>03150563</t>
+  </si>
+  <si>
+    <t>D21020180</t>
+  </si>
+  <si>
+    <t>1990.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 3150119;пластик;D=68,H=43,L=68мм;черный</t>
+  </si>
+  <si>
+    <t>03150567</t>
+  </si>
+  <si>
+    <t>D21020029</t>
+  </si>
+  <si>
+    <t>322.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0,9л;чугун;D=90/68,H=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>03150568</t>
+  </si>
+  <si>
+    <t>WLT9923-lid</t>
+  </si>
+  <si>
+    <t>2303.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 0833 «Симплисити вайт-Хармони»;фарфор;0,85л;D=8см;белый</t>
+  </si>
+  <si>
+    <t>03150571</t>
+  </si>
+  <si>
+    <t>1101 0845</t>
+  </si>
+  <si>
+    <t>7138.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Крышка д/арт. 3150309 «Прага»;фарфор;400мл;D=7,H=4см;белый</t>
-[...464 lines deleted...]
-    <t>7138.00₸</t>
+    <t>Крышка для чайника «Монако Вайт»;фарфор;,H=60,L=125,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>03150572</t>
+  </si>
+  <si>
+    <t>9001 C665</t>
+  </si>
+  <si>
+    <t>8178.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Кунстверк»;фарфор;0,7л;D=77,H=25мм;черный</t>
+  </si>
+  <si>
+    <t>03150573</t>
+  </si>
+  <si>
+    <t>A0255LW13</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Террамеса Вит» 0367;фарфор;D=85/70,H=50мм;бежев.</t>
+  </si>
+  <si>
+    <t>03150575</t>
+  </si>
+  <si>
+    <t>1120 0494</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>5198.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 6020 «Афродита»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150577</t>
+  </si>
+  <si>
+    <t>2621-white</t>
+  </si>
+  <si>
+    <t>Afrodyta</t>
+  </si>
+  <si>
+    <t>3566.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Портофино» 3150327;фарфор;D=65мм;белый</t>
+  </si>
+  <si>
+    <t>03150578</t>
+  </si>
+  <si>
+    <t>PF069D10000</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Portofino</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>7970.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Террамеса Мокка» 0367;фарфор;D=85мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03150582</t>
+  </si>
+  <si>
+    <t>1123 0494</t>
+  </si>
+  <si>
+    <t>10488.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника на 0.9л;чугун;D=9см;серый</t>
+  </si>
+  <si>
+    <t>03150583</t>
+  </si>
+  <si>
+    <t>WLT9923-lid 0.9</t>
+  </si>
+  <si>
+    <t>2002.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника VER417S1.000;фарфор;D=75/60мм;белый</t>
+  </si>
+  <si>
+    <t>03150586</t>
+  </si>
+  <si>
+    <t>VER42751</t>
+  </si>
+  <si>
+    <t>Vostok</t>
+  </si>
+  <si>
+    <t>6268.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника VER415S1.000;фарфор;D=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150587</t>
+  </si>
+  <si>
+    <t>VER42501</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Карат»;фарфор;350мл;D=65мм;белый</t>
+  </si>
+  <si>
+    <t>03150588</t>
+  </si>
+  <si>
+    <t>25 4337</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>6438.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника A18546;фарфор;D=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150591</t>
+  </si>
+  <si>
+    <t>A18546L</t>
+  </si>
+  <si>
+    <t>742.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 600мл для артикула 3150251 д/арт 3150251;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03150592</t>
+  </si>
+  <si>
+    <t>1101 0846/162LPr</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника 2626 «Афродита»;фарфор;D=12,5/10,5см;белый</t>
+  </si>
+  <si>
+    <t>03150593</t>
+  </si>
+  <si>
+    <t>2627-white</t>
+  </si>
+  <si>
+    <t>3304.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Пьюрити»;эко-кост. фарф.;D=75мм;белый</t>
+  </si>
+  <si>
+    <t>03150594</t>
+  </si>
+  <si>
+    <t>69 4342</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>14923.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника VW03303 «В.Виена»;фарфор;D=5см;белый</t>
+  </si>
+  <si>
+    <t>03150595</t>
+  </si>
+  <si>
+    <t>VW069D1</t>
+  </si>
+  <si>
+    <t>Wienna</t>
+  </si>
+  <si>
+    <t>6125.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Хикари» D нижн=5,5см;термост.стекло</t>
+  </si>
+  <si>
+    <t>03150597</t>
+  </si>
+  <si>
+    <t>C31020500</t>
+  </si>
+  <si>
+    <t>1274.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для чайника «Крафт» 0367;фарфор;D=85/70мм;синий</t>
+  </si>
+  <si>
+    <t>03150902</t>
+  </si>
+  <si>
+    <t>1130 0494</t>
+  </si>
+  <si>
+    <t>Craft Blue</t>
+  </si>
+  <si>
+    <t>10765.00₸</t>
   </si>
   <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Крышка для чайника «Монако Вайт»;фарфор;,H=60,L=125,B=110мм;белый</t>
-[...244 lines deleted...]
-  <si>
     <t>Крышка для чайника «Крафт Грин» 0367;фарфор;D=85/70мм;зелен.</t>
   </si>
   <si>
     <t>03150903</t>
   </si>
   <si>
     <t>1131 0494</t>
   </si>
   <si>
     <t>Craft Green</t>
   </si>
   <si>
     <t>10888.00₸</t>
   </si>
   <si>
     <t>Крышка для чайника «Крафт» 0367;фарфор;коричнев.</t>
   </si>
   <si>
     <t>03150904</t>
   </si>
   <si>
     <t>1132 0494</t>
   </si>
   <si>
     <t>Craft Brown</t>
@@ -1055,92 +1052,92 @@
   <si>
     <t>Крышка для чайника универсальная;стекло;D=7,H=2см;прозр.</t>
   </si>
   <si>
     <t>03150922</t>
   </si>
   <si>
     <t>5290.00₸</t>
   </si>
   <si>
     <t>Крышка для чайника TRY4141 «Кантри Стайл»;фарфор;зелен.</t>
   </si>
   <si>
     <t>03150924</t>
   </si>
   <si>
     <t>TRY3960</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>5344.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крышка для чайника 900мл;стекло;D=5см;прозр.</t>
   </si>
   <si>
     <t>03150926</t>
   </si>
   <si>
     <t>237.711.023</t>
   </si>
   <si>
     <t>Yakit</t>
   </si>
   <si>
     <t>Крышка для чайника «Крафт Рэд» (для арт. 3150487);фарфор;D=85/70мм;красный,шоколад.</t>
   </si>
   <si>
     <t>03150927</t>
   </si>
   <si>
     <t>1134 0494</t>
   </si>
   <si>
     <t>Craft Red</t>
   </si>
   <si>
     <t>4659.00₸</t>
   </si>
   <si>
     <t>Крышка для чайника 0833 «Крафт»;фарфор;D=73,H=60мм;белый</t>
   </si>
   <si>
     <t>03150933</t>
   </si>
   <si>
     <t>1155 0845</t>
   </si>
   <si>
     <t>14500.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
     <t>Крышка для чайника «Идзуми»;термост.стекло,силикон;D=82/63,H=25мм;прозр.</t>
   </si>
   <si>
     <t>03150934</t>
   </si>
   <si>
     <t>CP031B cover</t>
   </si>
   <si>
     <t>1974.00₸</t>
   </si>
   <si>
     <t>Крышка для чайника 3150775 «Крафт лакрица»;фарфор;черный</t>
   </si>
   <si>
     <t>03150935</t>
   </si>
   <si>
     <t>1209 0846</t>
   </si>
   <si>
     <t>Craft Liguor</t>
   </si>
   <si>
     <t>Крышка для чайника СНД00009818 «Скандинавия»;керамика;D=7/5см;голуб.</t>
@@ -1299,50 +1296,53 @@
     <t>БЕЛАРУСЬ</t>
   </si>
   <si>
     <t>786.00₸</t>
   </si>
   <si>
     <t>Крышка для чайника «Торино вайт»;фарфор;белый</t>
   </si>
   <si>
     <t>09100795</t>
   </si>
   <si>
     <t>9007 C038</t>
   </si>
   <si>
     <t>5575.00₸</t>
   </si>
   <si>
     <t>Крышка для чайника «Оникс» (для арт. 311436);керамика;D=7см;черный</t>
   </si>
   <si>
     <t>03151346</t>
   </si>
   <si>
     <t>4436.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Крышка для чайника МАР00011600;керамика;черный,серый</t>
   </si>
   <si>
     <t>03150947</t>
   </si>
   <si>
     <t>МАР00025940</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>Крышка для чайника «Пунто Бьянка» ФРФ88802751;фарфор;белый,черный</t>
   </si>
   <si>
     <t>03150950</t>
   </si>
   <si>
     <t>ФРФ88811951</t>
   </si>
   <si>
     <t>Punto Bianca</t>
   </si>
@@ -1381,51 +1381,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DDB23-1CC1-11EE-BC0C-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9BBC-E3DA-11EF-BC4E-00505692C4472.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05235-E3D5-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05236-E3D5-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AC-E3D5-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DA-424C-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DB-424C-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08018233-89E0-11EE-BC13-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF422-424C-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F14-E3D5-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05237-E3D5-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E65394B8-E568-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F16-E3D5-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAC-E3D5-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8906450F-424D-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AE-E3D5-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71F6-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300474D-424D-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476A-424D-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476C-424D-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476E-424D-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300477C-424D-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB404-424D-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CC-424D-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CE-424D-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFEAE-424D-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9BE-424D-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9A9-E3D5-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAB-E3D5-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AA-E3D5-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A3F0-424E-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA7-E3D5-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA6-E3D5-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E653958E-E568-11EF-BC53-00505692E2D034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214D-424E-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2153-424E-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BCF-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC2E0-424F-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAA-E3D5-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AB-E3D5-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7E-4250-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029026-4250-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F1A-E3D5-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA8-E3D5-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEDD77-21B9-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345189-4251-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F18-E3D5-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F19-E3D5-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21DC-4251-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7F1-4252-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA5-E3D5-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA9-E3D5-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354163-4252-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F17-E3D5-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AA7-4252-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD442-21C1-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD634-21C1-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD582-21C1-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD372F6-21C0-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD4E2-21C1-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD6D4-21C1-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AD-E3D5-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD5-4253-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E65393BE-E568-11EF-BC53-00505692E2D064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAE-E3D5-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAD-E3D5-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A691B-4254-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FD730C8-814A-11E9-BBBA-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34E031AC-814B-11E9-BBBA-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DD88D-1CC1-11EE-BC0C-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F748-2666-11EA-BBCA-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F749-2666-11EA-BBCA-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A78-5268-11EA-BBCE-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD37256-21C0-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1692E6-EA58-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915D-F13D-11EC-BBFA-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C1575C-F162-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD774-21C1-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7973AC49-E50C-11EE-BC3E-0050569297EB79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65C-4253-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DDA17-1CC1-11EE-BC0C-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D5481B-7BA4-11EC-BBF7-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904821-918F-11EF-BC4E-00505692C44783.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DDB23-1CC1-11EE-BC0C-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28DD9BBC-E3DA-11EF-BC4E-00505692C4472.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05235-E3D5-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05236-E3D5-11EB-BBF2-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AC-E3D5-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DA-424C-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146B88DB-424C-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08018233-89E0-11EE-BC13-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AAFCF422-424C-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F14-E3D5-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FF05237-E3D5-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E65394B8-E568-11EF-BC53-00505692E2D012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F16-E3D5-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAC-E3D5-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8906450F-424D-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AE-E3D5-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71F6-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300474D-424D-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476A-424D-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476C-424D-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300476E-424D-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B300477C-424D-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB404-424D-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CC-424D-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BF0696CE-424D-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C4FDFEAE-424D-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD11C9BE-424D-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9A9-E3D5-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAB-E3D5-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AA-E3D5-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D15A3F0-424E-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA7-E3D5-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA6-E3D5-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E653958E-E568-11EF-BC53-00505692E2D034.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A214D-424E-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A2153-424E-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BCF-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC2E0-424F-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAA-E3D5-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AB-E3D5-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12082F7E-4250-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029026-4250-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F1A-E3D5-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA8-E3D5-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9AAEDD77-21B9-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345189-4251-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F18-E3D5-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F19-E3D5-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA2A21DC-4251-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD7F1-4252-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA5-E3D5-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FA9-E3D5-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354163-4252-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F17-E3D5-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/882F6AA7-4252-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD442-21C1-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD634-21C1-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD582-21C1-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD372F6-21C0-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD4E2-21C1-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD6D4-21C1-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5993A9AD-E3D5-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FD5-4253-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E65393BE-E568-11EF-BC53-00505692E2D064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAE-E3D5-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530A6FAD-E3D5-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A691B-4254-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FD730C8-814A-11E9-BBBA-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34E031AC-814B-11E9-BBBA-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DD88D-1CC1-11EE-BC0C-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F748-2666-11EA-BBCA-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A616F749-2666-11EA-BBCA-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A39D5A78-5268-11EA-BBCE-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD37256-21C0-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1692E6-EA58-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915D-F13D-11EC-BBFA-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C1575C-F162-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD774-21C1-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7973AC49-E50C-11EE-BC3E-0050569297EB79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4272B65C-4253-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039DDA17-1CC1-11EE-BC0C-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D5481B-7BA4-11EC-BBF7-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A930D05-BA56-11F0-BC5A-00505692E2D083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10904821-918F-11EF-BC4E-00505692C44784.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3850,63 +3850,93 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>86</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="" descr=""/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <xdr:cNvPr id="84" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4565,177 +4595,177 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D11" s="0">
         <v>400705</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="L11" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="F12" s="0" t="s">
+      <c r="G12" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="G12" s="0" t="s">
+      <c r="H12" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D13" s="0">
         <v>2739</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="E14" s="0" t="s">
+      <c r="F14" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="F14" s="0" t="s">
+      <c r="G14" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="G14" s="0" t="s">
+      <c r="H14" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>97</v>
@@ -4769,153 +4799,153 @@
         <v>101</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>104</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L18" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="L19" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>117</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="L20" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>99</v>
       </c>
@@ -4939,51 +4969,51 @@
         <v>122</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="L22" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>99</v>
       </c>
@@ -5007,85 +5037,85 @@
         <v>131</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>134</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="L24" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>137</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>138</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="L25" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>141</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>99</v>
       </c>
@@ -5159,159 +5189,159 @@
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>158</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>159</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>162</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>164</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>158</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>168</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>169</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>172</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>173</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>174</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>177</v>
@@ -5366,51 +5396,51 @@
         <v>183</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D35" s="0">
         <v>2750</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>187</v>
       </c>
       <c r="L35" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>189</v>
@@ -5509,1679 +5539,1680 @@
         <v>200</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>146</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>203</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L39" s="0">
         <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>206</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>207</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>208</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>211</v>
       </c>
       <c r="E41" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F41" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="F41" s="0" t="s">
+      <c r="G41" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>212</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>213</v>
+        <v>20</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="E43" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="E43" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="0" t="s">
+      <c r="G43" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>220</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="E45" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="E45" s="0" t="s">
+      <c r="F45" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="F45" s="0" t="s">
+      <c r="G45" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="G45" s="0" t="s">
+      <c r="H45" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>234</v>
+        <v>20</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="E46" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F46" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="G46" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>236</v>
-      </c>
-[...16 lines deleted...]
-        <v>238</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>146</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="L48" s="0">
         <v>26</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L49" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="E50" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="F50" s="0" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>153</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="E54" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>153</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="E55" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F55" s="0" t="s">
         <v>277</v>
-      </c>
-[...7 lines deleted...]
-        <v>279</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>146</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="E57" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F57" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="D57" s="0" t="s">
+      <c r="G57" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>288</v>
-      </c>
-[...13 lines deleted...]
-        <v>290</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>270</v>
+        <v>289</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="D58" s="0" t="s">
+      <c r="E58" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="E58" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F58" s="0" t="s">
+      <c r="G58" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>295</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="D59" s="0" t="s">
+      <c r="E59" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F59" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="E59" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F59" s="0" t="s">
+      <c r="G59" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>299</v>
-      </c>
-[...7 lines deleted...]
-        <v>300</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="D60" s="0" t="s">
+      <c r="E60" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F60" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="E60" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F60" s="0" t="s">
+      <c r="G60" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>304</v>
-      </c>
-[...7 lines deleted...]
-        <v>305</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>306</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="D61" s="0" t="s">
+      <c r="E61" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F61" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="E61" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F61" s="0" t="s">
+      <c r="G61" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H61" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I61" s="1" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="D62" s="0" t="s">
+      <c r="E62" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F62" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="E62" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F62" s="0" t="s">
+      <c r="G62" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>315</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="D63" s="0" t="s">
+      <c r="E63" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F63" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="E63" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F63" s="0" t="s">
+      <c r="G63" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I63" s="1" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>320</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>321</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L64" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="D65" s="0" t="s">
+      <c r="E65" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="F65" s="0" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>153</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>329</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>330</v>
       </c>
-      <c r="D66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>333</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>334</v>
       </c>
-      <c r="D67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="D68" s="0">
         <v>400507</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>346</v>
+        <v>51</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="E70" s="0" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>351</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="E71" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F71" s="0" t="s">
         <v>352</v>
       </c>
-      <c r="D71" s="0" t="s">
+      <c r="G71" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>353</v>
-      </c>
-[...13 lines deleted...]
-        <v>355</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="E72" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="G72" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>357</v>
-      </c>
-[...16 lines deleted...]
-        <v>359</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>248</v>
+        <v>358</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>360</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>146</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>130</v>
       </c>
       <c r="L73" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>365</v>
       </c>
-      <c r="D74" s="0" t="s">
+      <c r="E74" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F74" s="0" t="s">
         <v>366</v>
       </c>
-      <c r="E74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G74" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>368</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>369</v>
       </c>
-      <c r="D75" s="0" t="s">
+      <c r="E75" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="E75" s="0" t="s">
+      <c r="F75" s="0" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="L75" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="D76" s="0" t="s">
+      <c r="E76" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F76" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="E76" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F76" s="0" t="s">
+      <c r="G76" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>377</v>
-      </c>
-[...7 lines deleted...]
-        <v>378</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="B77" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>381</v>
       </c>
-      <c r="D77" s="0" t="s">
+      <c r="E77" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="F77" s="0" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>385</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>151</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>153</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="B79" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="D79" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="0" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="L79" s="0">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>394</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L81" s="0">
         <v>216</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="D82" s="0" t="s">
+      <c r="E82" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F82" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="E82" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F82" s="0" t="s">
+      <c r="G82" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>407</v>
-      </c>
-[...7 lines deleted...]
-        <v>408</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>234</v>
+        <v>378</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>409</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>410</v>
       </c>
-      <c r="D83" s="0" t="s">
+      <c r="E83" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F83" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="E83" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F83" s="0" t="s">
+      <c r="G83" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>412</v>
-      </c>
-[...7 lines deleted...]
-        <v>413</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="L83" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>414</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="D84" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="D84" s="0" t="s">
+      <c r="E84" s="0" t="s">
         <v>416</v>
       </c>
-      <c r="E84" s="0" t="s">
+      <c r="F84" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="F84" s="0" t="s">
+      <c r="G84" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="G84" s="0" t="s">
+      <c r="H84" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>420</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>421</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>422</v>
       </c>
-      <c r="D85" s="0" t="s">
+      <c r="E85" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="G85" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I85" s="1" t="s">
         <v>423</v>
-      </c>
-[...13 lines deleted...]
-        <v>424</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
+      <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="D86" s="0">
         <v>920109</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>51</v>
+        <v>427</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>428</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>429</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>430</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>431</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="B88" s="0" t="s">
         <v>432</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>433</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>434</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>435</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>431</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="0">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>