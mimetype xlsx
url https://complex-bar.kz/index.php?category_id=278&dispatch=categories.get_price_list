--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -106,63 +106,63 @@
   <si>
     <t>03011685</t>
   </si>
   <si>
     <t>71 7202</t>
   </si>
   <si>
     <t>11004.00₸</t>
   </si>
   <si>
     <t>Тарелка для этажерки «Пьюрити» с отверстием;эко-кост. фарф.;D=225,H=20мм</t>
   </si>
   <si>
     <t>03012301</t>
   </si>
   <si>
     <t>69 7201</t>
   </si>
   <si>
     <t>Purity</t>
   </si>
   <si>
     <t>16217.00₸</t>
   </si>
   <si>
+    <t>Тарелка для этажерки «Пьюрити» 2-ярусной с отверстием;эко-кост. фарф.;D=29,H=2см</t>
+  </si>
+  <si>
+    <t>03012302</t>
+  </si>
+  <si>
+    <t>69 7202</t>
+  </si>
+  <si>
+    <t>17834.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
-  </si>
-[...10 lines deleted...]
-    <t>17834.00₸</t>
   </si>
   <si>
     <t>Тарелка для этажерки «Пьюрити» 3-ярусной с отверстием;эко-кост. фарф.;D=24,H=2см</t>
   </si>
   <si>
     <t>03012303</t>
   </si>
   <si>
     <t>69 7203</t>
   </si>
   <si>
     <t>21160.00₸</t>
   </si>
   <si>
     <t>21 шт.</t>
   </si>
   <si>
     <t>Тарелка для этажерки «Пьюрити» 3-ярусной с отверстием;эко-кост. фарф.;D=33,H=2см</t>
   </si>
   <si>
     <t>03012304</t>
   </si>
   <si>
     <t>69 7204</t>
   </si>
@@ -887,85 +887,85 @@
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="0" t="s">
+      <c r="D5" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L5" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>