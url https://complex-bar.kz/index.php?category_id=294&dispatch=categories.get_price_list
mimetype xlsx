--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="488">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="491">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -110,1335 +110,1344 @@
   <si>
     <t>145469.00₸</t>
   </si>
   <si>
     <t>Резак-рама струнный для кондитера 35*35(15мм);сталь нерж.;,L=65,B=44,5см;металлич.</t>
   </si>
   <si>
     <t>04070522</t>
   </si>
   <si>
     <t>899869.00₸</t>
   </si>
   <si>
     <t>Запасные струны для арт.120094[2шт];сталь нерж.</t>
   </si>
   <si>
     <t>04070528</t>
   </si>
   <si>
     <t>Струны для резаков кондитерских</t>
   </si>
   <si>
     <t>48110.00₸</t>
   </si>
   <si>
+    <t>Резак-рама струнный кондитерский 30мм;сталь нерж.;,L=60/3,B=43см</t>
+  </si>
+  <si>
+    <t>04070538</t>
+  </si>
+  <si>
+    <t>563194.00₸</t>
+  </si>
+  <si>
+    <t>Резак-форма «Ель»;металл;,H=20см</t>
+  </si>
+  <si>
+    <t>04070556</t>
+  </si>
+  <si>
+    <t>Формы-резаки</t>
+  </si>
+  <si>
+    <t>33072.00₸</t>
+  </si>
+  <si>
+    <t>Набор мини-резаков[6шт];сталь нерж.</t>
+  </si>
+  <si>
+    <t>04070560</t>
+  </si>
+  <si>
+    <t>226311.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков(№1)для овощей,фруктов,желе и т.д макс.D=2.7см;пластик</t>
+  </si>
+  <si>
+    <t>04070565</t>
+  </si>
+  <si>
+    <t>46547.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков(№2)для овощей,фруктов,желе и т.д макс.D=2.7см;пластик</t>
+  </si>
+  <si>
+    <t>04070566</t>
+  </si>
+  <si>
+    <t>Набор резаков; макс.D=1.5см</t>
+  </si>
+  <si>
+    <t>04070567</t>
+  </si>
+  <si>
+    <t>73166.00₸</t>
+  </si>
+  <si>
+    <t>Нож для нарез.теста;пластик;D=50,H=50,L=175,B=65мм;бежев.</t>
+  </si>
+  <si>
+    <t>04070905</t>
+  </si>
+  <si>
+    <t>47026-06</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>7161.00₸</t>
+  </si>
+  <si>
+    <t>Нож-струна для резки коржей;сталь нерж.,пластик;,H=15,L=370,B=150мм;бордо,стальной</t>
+  </si>
+  <si>
+    <t>04073507</t>
+  </si>
+  <si>
+    <t>25.77.04</t>
+  </si>
+  <si>
+    <t>Metaltex</t>
+  </si>
+  <si>
+    <t>5814.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.;,H=4,L=13см</t>
+  </si>
+  <si>
+    <t>04140016</t>
+  </si>
+  <si>
+    <t>33803.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Флауэрс» георгин[2шт];абс-пластик;D=90/65мм</t>
+  </si>
+  <si>
+    <t>04140037</t>
+  </si>
+  <si>
+    <t>40-W206S</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>Flowers</t>
+  </si>
+  <si>
+    <t>Выемки</t>
+  </si>
+  <si>
+    <t>12413.00₸</t>
+  </si>
+  <si>
+    <t>Форма для выпечки «Флауэрс» ромашка[2шт];абс-пластик;D=48/62мм</t>
+  </si>
+  <si>
+    <t>04140038</t>
+  </si>
+  <si>
+    <t>40-W192S</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 6 кусков;сталь нерж.;D=25,H=18,5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140140</t>
+  </si>
+  <si>
+    <t>42599-06</t>
+  </si>
+  <si>
+    <t>Делители для торта</t>
+  </si>
+  <si>
+    <t>39825.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 8 кусков;сталь нерж.;D=25,H=20,5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140141</t>
+  </si>
+  <si>
+    <t>42599-08</t>
+  </si>
+  <si>
+    <t>54001.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для изготовл.тарталеток;пластик;,L=90,B=62мм;белый</t>
+  </si>
+  <si>
+    <t>04140165</t>
+  </si>
+  <si>
+    <t>47740-aa</t>
+  </si>
+  <si>
+    <t>12451.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 8-12 кусков;полипроп.;D=265,H=25мм;желт.</t>
+  </si>
+  <si>
+    <t>04140969</t>
+  </si>
+  <si>
+    <t>47033-08</t>
+  </si>
+  <si>
+    <t>9664.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 12-18 кусков;полипроп.;D=265,H=25,L=325,B=265мм;желт.</t>
+  </si>
+  <si>
+    <t>04140970</t>
+  </si>
+  <si>
+    <t>47033-12</t>
+  </si>
+  <si>
+    <t>9787.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 14-18 кусков;полипроп.;D=265,H=25,L=325,B=265мм;желт.</t>
+  </si>
+  <si>
+    <t>04140971</t>
+  </si>
+  <si>
+    <t>47033-14</t>
+  </si>
+  <si>
+    <t>Резак кондит.со штампом «Лист дуба» d=2,7-3,5-4,5см[3шт];пластик;,H=40,L=100,B=75мм;белый</t>
+  </si>
+  <si>
+    <t>04141317</t>
+  </si>
+  <si>
+    <t>47622-04</t>
+  </si>
+  <si>
+    <t>6499.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондит.со штампом «Цветок» d=3-5см[3шт];пластик;,H=40,L=100,B=75мм;белый</t>
+  </si>
+  <si>
+    <t>04141318</t>
+  </si>
+  <si>
+    <t>47622-01</t>
+  </si>
+  <si>
+    <t>6230.00₸</t>
+  </si>
+  <si>
+    <t>Нож-струна для резки торта;сталь нерж.;,L=30,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04141321</t>
+  </si>
+  <si>
+    <t>47031-44</t>
+  </si>
+  <si>
+    <t>13037.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 10 кусков;полипроп.;D=265,H=25,L=325,B=265мм;желт.</t>
+  </si>
+  <si>
+    <t>04141355</t>
+  </si>
+  <si>
+    <t>47032-10</t>
+  </si>
+  <si>
+    <t>9564.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 12 кусков;сталь нерж.;D=330,H=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141367</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>36075.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 14 кусков;сталь нерж.;D=330,H=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141368</t>
+  </si>
+  <si>
+    <t>27948.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков рифлен.[9шт];пластик;D=120,H=54мм;бежев.</t>
+  </si>
+  <si>
+    <t>04141376</t>
+  </si>
+  <si>
+    <t>93263.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков[8шт];пластик;D=115,H=55,L=120,B=120мм;бежев.</t>
+  </si>
+  <si>
+    <t>04141377</t>
+  </si>
+  <si>
+    <t>66097.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Клевер»[60шт];абс-пластик</t>
+  </si>
+  <si>
+    <t>04142828</t>
+  </si>
+  <si>
+    <t>37191.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Тарталетка»[53шт];абс-пластик;D=53,L=580,B=390мм</t>
+  </si>
+  <si>
+    <t>04142829</t>
+  </si>
+  <si>
+    <t>45993.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Набор резаков[7шт];пластик;,H=5,L=13,B=12см;бежев.</t>
+  </si>
+  <si>
+    <t>04142837</t>
+  </si>
+  <si>
+    <t>61600.00₸</t>
+  </si>
+  <si>
+    <t>Основание для струнного резака для кондитера;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04142868</t>
+  </si>
+  <si>
+    <t>Основания для резаков кондитерских</t>
+  </si>
+  <si>
+    <t>981658.00₸</t>
+  </si>
+  <si>
+    <t>Пинцеты для марципана[2шт];сталь нерж.;,H=3,L=14,B=9см</t>
+  </si>
+  <si>
+    <t>04144031</t>
+  </si>
+  <si>
+    <t>Пинцеты для марципана</t>
+  </si>
+  <si>
+    <t>11296.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы для декорирования;сталь нерж.;,L=10см</t>
+  </si>
+  <si>
+    <t>04144033</t>
+  </si>
+  <si>
+    <t>11050.00₸</t>
+  </si>
+  <si>
+    <t>Набор резаков рифлен.[7шт];пластик</t>
+  </si>
+  <si>
+    <t>04144271</t>
+  </si>
+  <si>
+    <t>Exoglass</t>
+  </si>
+  <si>
+    <t>73551.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Капля»[56шт];силикон,стеклопласт.;,L=52,B=32мм</t>
+  </si>
+  <si>
+    <t>04144287</t>
+  </si>
+  <si>
+    <t>Flexipan</t>
+  </si>
+  <si>
+    <t>129622.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ложка»;пластик;,L=95,B=43мм</t>
+  </si>
+  <si>
+    <t>04144296</t>
+  </si>
+  <si>
+    <t>10334.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Ложка»[36шт];силикон,стеклопласт.;,L=90,B=28мм</t>
+  </si>
+  <si>
+    <t>04144297</t>
+  </si>
+  <si>
+    <t>101371.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Месяц»[78шт];абс-пластик;,H=2,L=575,B=390мм</t>
+  </si>
+  <si>
+    <t>04144521</t>
+  </si>
+  <si>
+    <t>33519.00₸</t>
+  </si>
+  <si>
+    <t>Набор форм для конд.изд. «Алфавит»[26шт];сталь нерж.;D=130,H=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>04144532</t>
+  </si>
+  <si>
+    <t>37037.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 10 кусков;пластик;D=270,H=25,L=330мм;желт.</t>
+  </si>
+  <si>
+    <t>04144533</t>
+  </si>
+  <si>
+    <t>11712.00₸</t>
+  </si>
+  <si>
+    <t>Резак для конд изделий рифленый «Круг»;пластик;D=75мм</t>
+  </si>
+  <si>
+    <t>04144552</t>
+  </si>
+  <si>
+    <t>10973.00₸</t>
+  </si>
+  <si>
+    <t>Форма для хлеба «Тыква»;пластик;D=8см</t>
+  </si>
+  <si>
+    <t>04144608</t>
+  </si>
+  <si>
+    <t>47041-15</t>
+  </si>
+  <si>
+    <t>12952.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Квадрат» рифленый;сталь нерж.;,H=4,L=8,B=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04144641</t>
+  </si>
+  <si>
+    <t>33311.00₸</t>
+  </si>
+  <si>
+    <t>Шаблон для нарезки бисквита;пластик;,H=3,L=570,B=370мм;белый</t>
+  </si>
+  <si>
+    <t>04144651</t>
+  </si>
+  <si>
+    <t>Шаблоны для нарезки бисквита</t>
+  </si>
+  <si>
+    <t>17965.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Шаблон для нарезки бисквита;пластик;,H=4,L=570,B=370мм;белый</t>
+  </si>
+  <si>
+    <t>04144652</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Шаблон для нарезки бисквита;пластик;,H=5,L=570,B=470мм;белый</t>
+  </si>
+  <si>
+    <t>04144653</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Набор кондитерских форм «Овал»[7шт];пластик</t>
+  </si>
+  <si>
+    <t>04145314</t>
+  </si>
+  <si>
+    <t>145738.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Колос»;пластик</t>
+  </si>
+  <si>
+    <t>04145330</t>
+  </si>
+  <si>
+    <t>41434.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для теста двухстор.;полипроп.;,H=9,B=6см;белый</t>
+  </si>
+  <si>
+    <t>04145357</t>
+  </si>
+  <si>
+    <t>9071.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 16 кусков;пластик;D=260,H=25,L=330мм;желт.</t>
+  </si>
+  <si>
+    <t>04145421</t>
+  </si>
+  <si>
+    <t>16086.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 14 кусков;пластик;D=260,H=25,L=330мм;желт.</t>
+  </si>
+  <si>
+    <t>04145422</t>
+  </si>
+  <si>
+    <t>12906.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 12-18 кусков;пластик;D=270,H=25,L=330мм;желт.</t>
+  </si>
+  <si>
+    <t>04145423</t>
+  </si>
+  <si>
+    <t>14284.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Лист»;пластик;,L=5,B=5см;черный</t>
+  </si>
+  <si>
+    <t>04146076</t>
+  </si>
+  <si>
+    <t>40425.00₸</t>
+  </si>
+  <si>
+    <t>Форма кондитерская «Виноград»;пластик;,L=10,B=6см;черный</t>
+  </si>
+  <si>
+    <t>04146090</t>
+  </si>
+  <si>
+    <t>37091.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=55мм</t>
+  </si>
+  <si>
+    <t>04146125</t>
+  </si>
+  <si>
+    <t>6507.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=6см</t>
+  </si>
+  <si>
+    <t>04146126</t>
+  </si>
+  <si>
+    <t>5198.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=65мм</t>
+  </si>
+  <si>
+    <t>04146127</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=7см</t>
+  </si>
+  <si>
+    <t>04146128</t>
+  </si>
+  <si>
+    <t>8963.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=8,H=2см</t>
+  </si>
+  <si>
+    <t>04146130</t>
+  </si>
+  <si>
+    <t>11889.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=9см</t>
+  </si>
+  <si>
+    <t>04146132</t>
+  </si>
+  <si>
+    <t>8139.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг»;пластик;D=95мм</t>
+  </si>
+  <si>
+    <t>04146133</t>
+  </si>
+  <si>
+    <t>9133.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=10,B=4см</t>
+  </si>
+  <si>
+    <t>04146259</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>4774.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=4,L=10,B=4см</t>
+  </si>
+  <si>
+    <t>04146260</t>
+  </si>
+  <si>
+    <t>4851.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=15,B=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04146261</t>
+  </si>
+  <si>
+    <t>5460.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=4,L=15,B=3см</t>
+  </si>
+  <si>
+    <t>04146262</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=15,B=4см</t>
+  </si>
+  <si>
+    <t>04146263</t>
+  </si>
+  <si>
+    <t>5098.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=20,B=4см</t>
+  </si>
+  <si>
+    <t>04146265</t>
+  </si>
+  <si>
+    <t>3488.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=40,L=200,B=55мм</t>
+  </si>
+  <si>
+    <t>04146266</t>
+  </si>
+  <si>
+    <t>3763.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Ель»;металл;,H=16см</t>
+  </si>
+  <si>
+    <t>04146268</t>
+  </si>
+  <si>
+    <t>30924.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Яблоко»;сталь нерж.;,L=12,B=11см</t>
+  </si>
+  <si>
+    <t>04146289</t>
+  </si>
+  <si>
+    <t>52453.00₸</t>
+  </si>
+  <si>
+    <t>Резак для квадр.пирога;сталь нерж.;,H=75,L=107мм</t>
+  </si>
+  <si>
+    <t>04146382</t>
+  </si>
+  <si>
+    <t>28891.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Пряничкий человечек»;пластик;,H=35,L=110,B=78мм</t>
+  </si>
+  <si>
+    <t>04146395</t>
+  </si>
+  <si>
+    <t>10511.00₸</t>
+  </si>
+  <si>
+    <t>Резак;пластик;,L=4,B=4см</t>
+  </si>
+  <si>
+    <t>04146396</t>
+  </si>
+  <si>
+    <t>5922.00₸</t>
+  </si>
+  <si>
+    <t>Резак;пластик;,L=55,B=55мм</t>
+  </si>
+  <si>
+    <t>04146397</t>
+  </si>
+  <si>
+    <t>6253.00₸</t>
+  </si>
+  <si>
+    <t>Резак;пластик;,L=7,B=7см</t>
+  </si>
+  <si>
+    <t>04146398</t>
+  </si>
+  <si>
+    <t>6299.00₸</t>
+  </si>
+  <si>
+    <t>Выемка конд.со штампом «Ромашка» D=1.2/2/2.8/3.5см[4шт];абс-пластик</t>
+  </si>
+  <si>
+    <t>04146403</t>
+  </si>
+  <si>
+    <t>47622-26</t>
+  </si>
+  <si>
+    <t>15285.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Сердце»;пластик;,L=47,B=44мм</t>
+  </si>
+  <si>
+    <t>04146440</t>
+  </si>
+  <si>
+    <t>13583.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских форм[14шт];сталь нерж.;D=12см</t>
+  </si>
+  <si>
+    <t>04146581</t>
+  </si>
+  <si>
+    <t>47317-12</t>
+  </si>
+  <si>
+    <t>18581.00₸</t>
+  </si>
+  <si>
+    <t>Маркер для выпечки хлеба с выемкой;сталь нерж.;D=8см</t>
+  </si>
+  <si>
+    <t>04146603</t>
+  </si>
+  <si>
+    <t>24902.00₸</t>
+  </si>
+  <si>
+    <t>Резак для конд.изделий рифленый;сталь нерж.;D=14см</t>
+  </si>
+  <si>
+    <t>04146628</t>
+  </si>
+  <si>
+    <t>35413.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.;,H=35,L=164,B=78мм</t>
+  </si>
+  <si>
+    <t>04146672</t>
+  </si>
+  <si>
+    <t>24594.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Шестиугольник»;пластик;,L=63,B=63мм</t>
+  </si>
+  <si>
+    <t>04146699</t>
+  </si>
+  <si>
+    <t>5868.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Груша»;сталь нерж.;,L=140,B=95мм</t>
+  </si>
+  <si>
+    <t>04146779</t>
+  </si>
+  <si>
+    <t>43559.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский рифленый «Лодочка»;пластик;,L=7,B=4см</t>
+  </si>
+  <si>
+    <t>04146787</t>
+  </si>
+  <si>
+    <t>19204.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Двойная раковина»;сталь нерж.;,L=12,5,B=12см</t>
+  </si>
+  <si>
+    <t>04146789</t>
+  </si>
+  <si>
+    <t>140764.00₸</t>
+  </si>
+  <si>
+    <t>Резак для конд.изделий рифленый;пластик;D=80,H=35мм</t>
+  </si>
+  <si>
+    <t>04146962</t>
+  </si>
+  <si>
+    <t>19943.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Сердце»;пластик;,L=75,B=70мм</t>
+  </si>
+  <si>
+    <t>04146995</t>
+  </si>
+  <si>
+    <t>Резак «Овал»;пластик;,L=85,B=50мм</t>
+  </si>
+  <si>
+    <t>04146999</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=5,L=25,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04147212</t>
+  </si>
+  <si>
+    <t>ПР25030050</t>
+  </si>
+  <si>
+    <t>8047.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04147219</t>
+  </si>
+  <si>
+    <t>31447.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Треугольник»;сталь нерж.;,H=40,L=117мм</t>
+  </si>
+  <si>
+    <t>04147220</t>
+  </si>
+  <si>
+    <t>29707.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.;,H=25,L=130мм</t>
+  </si>
+  <si>
+    <t>04147221</t>
+  </si>
+  <si>
+    <t>31740.00₸</t>
+  </si>
+  <si>
+    <t>Выдавливатель для арт.350017 «Сердце»;полистирол;,L=73,B=68мм;белый</t>
+  </si>
+  <si>
+    <t>04147328</t>
+  </si>
+  <si>
+    <t>19019.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Яйцо» на листе 60*40см[32шт];абс-пластик;,L=52,B=33мм;белый</t>
+  </si>
+  <si>
+    <t>04147391</t>
+  </si>
+  <si>
+    <t>GTB22</t>
+  </si>
+  <si>
+    <t>25826.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг» на листе 60*40см[40шт];абс-пластик;D=37мм;белый</t>
+  </si>
+  <si>
+    <t>04147392</t>
+  </si>
+  <si>
+    <t>GTB16</t>
+  </si>
+  <si>
+    <t>28706.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Звезда» на листе 60*40см[35шт];абс-пластик;D=42мм;белый</t>
+  </si>
+  <si>
+    <t>04147393</t>
+  </si>
+  <si>
+    <t>GTB17</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=6см</t>
+  </si>
+  <si>
+    <t>04147901</t>
+  </si>
+  <si>
+    <t>22993.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=8см</t>
+  </si>
+  <si>
+    <t>04147902</t>
+  </si>
+  <si>
+    <t>24456.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=10см</t>
+  </si>
+  <si>
+    <t>04147903</t>
+  </si>
+  <si>
+    <t>26935.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=12см</t>
+  </si>
+  <si>
+    <t>04147904</t>
+  </si>
+  <si>
+    <t>28814.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Рыба»;сталь нерж.;,L=75,B=30мм</t>
+  </si>
+  <si>
+    <t>04147907</t>
+  </si>
+  <si>
+    <t>42889.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Рыба»;сталь нерж.;,L=140,B=75мм</t>
+  </si>
+  <si>
+    <t>04147908</t>
+  </si>
+  <si>
+    <t>53415.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Лепестки»[2шт];абс-пластик;D=33,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>04147917</t>
+  </si>
+  <si>
+    <t>11758.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Лепестки квадратные»[2шт];абс-пластик;D=33,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>04147918</t>
+  </si>
+  <si>
+    <t>10411.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Пион»[3шт];абс-пластик;,H=24,L=177,B=149мм;белый</t>
+  </si>
+  <si>
+    <t>04147919</t>
+  </si>
+  <si>
+    <t>30369.00₸</t>
+  </si>
+  <si>
+    <t>Комплект вырубок для теста (круг; арка; овал; овал.круг; квадрат; прямоугольник; ромб; сердце; крива</t>
+  </si>
+  <si>
+    <t>04149259</t>
+  </si>
+  <si>
+    <t>PRA 9</t>
+  </si>
+  <si>
+    <t>40256.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Капля»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149265</t>
+  </si>
+  <si>
+    <t>TPG 8</t>
+  </si>
+  <si>
+    <t>4389.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Круг»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149266</t>
+  </si>
+  <si>
+    <t>TPG 1</t>
+  </si>
+  <si>
+    <t>5190.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Овал»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149267</t>
+  </si>
+  <si>
+    <t>TPG 2</t>
+  </si>
+  <si>
+    <t>Форма резак «Треугольник»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149268</t>
+  </si>
+  <si>
+    <t>TPG 4</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 10 кусков;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04149279</t>
+  </si>
+  <si>
+    <t>PPT10X</t>
+  </si>
+  <si>
+    <t>31216.00₸</t>
+  </si>
+  <si>
+    <t>Делитель для торта на 12 кусков;сталь нерж.;D=26см</t>
+  </si>
+  <si>
+    <t>04149280</t>
+  </si>
+  <si>
+    <t>PPT12X</t>
+  </si>
+  <si>
+    <t>31624.00₸</t>
+  </si>
+  <si>
+    <t>Резак струнный  кондитерский;,L=24,B=24см</t>
+  </si>
+  <si>
+    <t>04149282</t>
+  </si>
+  <si>
+    <t>47692-03</t>
+  </si>
+  <si>
+    <t>920351.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Хэллоуин»[3шт];сталь нерж.;,H=20,L=110,B=107мм</t>
+  </si>
+  <si>
+    <t>04149287</t>
+  </si>
+  <si>
+    <t>47377-11</t>
+  </si>
+  <si>
+    <t>5113.00₸</t>
+  </si>
+  <si>
+    <t>Выдавливатель для арт.350013[5шт];полистирол;,L=61,B=61мм</t>
+  </si>
+  <si>
+    <t>04149886</t>
+  </si>
+  <si>
+    <t>25680.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Месяц»;сталь нерж.;,L=125,B=97мм</t>
+  </si>
+  <si>
+    <t>04149889</t>
+  </si>
+  <si>
+    <t>52769.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Месяц»;сталь нерж.;,L=22,8,B=17,8см</t>
+  </si>
+  <si>
+    <t>04149891</t>
+  </si>
+  <si>
+    <t>68746.00₸</t>
+  </si>
+  <si>
+    <t>Рама кондитерская;сталь нерж.;,H=45,L=190,B=190мм</t>
+  </si>
+  <si>
+    <t>04149892</t>
+  </si>
+  <si>
+    <t>26180.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак "Какао-бобы";сталь нерж.;,H=30,L=92,5,B=51мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147982</t>
+  </si>
+  <si>
+    <t>31CUT06</t>
+  </si>
+  <si>
+    <t>13976.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Форма-резак «Круг» (набор)[7шт];сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04147042</t>
+  </si>
+  <si>
+    <t>CUT1L7</t>
+  </si>
+  <si>
+    <t>ИНДОНЕЗИЯ</t>
+  </si>
+  <si>
+    <t>23870.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;0,6л;,H=40,L=252,B=62мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147036</t>
+  </si>
+  <si>
+    <t>49H4X25</t>
+  </si>
+  <si>
+    <t>8817.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Квадрат» (набор)[7шт];сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04147041</t>
+  </si>
+  <si>
+    <t>CUT5L7</t>
+  </si>
+  <si>
+    <t>22146.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;1,704л;,H=50,L=243,B=142мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147037</t>
+  </si>
+  <si>
+    <t>11H5L24</t>
+  </si>
+  <si>
+    <t>15015.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Резак-рама струнный кондитерский 30мм;сталь нерж.;,L=60/3,B=43см</t>
-[...1240 lines deleted...]
-  <si>
     <t>Форма-резак «Круг, Квадрат, Звезда» (набор)[9шт];нейлон</t>
   </si>
   <si>
     <t>04147812</t>
   </si>
   <si>
     <t>HC-NC50</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>7980.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник»;сталь нерж.;8,816л;,H=4,L=58,B=38см;металлич.</t>
   </si>
   <si>
     <t>04147038</t>
   </si>
   <si>
     <t>RETH4</t>
   </si>
   <si>
-    <t>41034.00₸</t>
+    <t>41965.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Квадрат»;сталь нерж.;0,706л;,H=35,L=142,B=142мм;металлич.</t>
   </si>
   <si>
     <t>04147039</t>
   </si>
   <si>
     <t>5H35X14</t>
   </si>
   <si>
-    <t>10565.00₸</t>
+    <t>10703.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник» (набор)[7шт];сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04147040</t>
   </si>
   <si>
     <t>CUT22L7</t>
   </si>
   <si>
     <t>22715.00₸</t>
   </si>
   <si>
     <t>Делитель для торта на 6 кусков;сталь нерж.;D=34см;металлич.</t>
   </si>
   <si>
     <t>04145510</t>
   </si>
   <si>
     <t>SSPC-06</t>
   </si>
   <si>
     <t>8624.00₸</t>
   </si>
@@ -1537,51 +1546,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5C1-4252-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E834-424F-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CF9C-E3D3-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88CA-4250-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B16C-4250-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1398CAB8-F161-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252686-4251-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F9F-4252-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FA0-4252-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80DECC38-F94B-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A345-21C4-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F588F7F1-9F21-11EC-BBFA-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A9081A-50A8-11ED-BC00-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A8C4-21C7-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501FB84C-3126-11EC-BBF4-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501FB84B-3126-11EC-BBF4-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373E2-424E-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9DD8-21C9-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA07C-21C9-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9F2A-21C9-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F015D-696C-11EC-BBF7-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10F6-696C-11EC-BBF7-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19B-696C-11EC-BBF7-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D6-E3D6-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA1BC-21C9-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D255380-E3D6-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAFCC-21C7-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAE8C-21C7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F95397CE-21C6-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32A1E-21C6-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAF2C-21C7-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5D7DA-21C7-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025BB-4250-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E111729-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C74-424F-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23E04-424F-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E80B-424F-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338617D-21C6-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED28053F-21C6-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAD4C-21C7-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D7-E3D6-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F52E-424F-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FC1C2EA-21C7-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC889B-4250-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E17B2E7-E3D2-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEAA-E3D2-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA9-E3D2-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30173349-4250-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B31-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA04A-4250-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9E8A-21C9-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9FDC-21C9-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA11C-21C9-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FEC-4251-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F414-4251-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C4-4251-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C5-4251-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C6-4251-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9CF-4251-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D1-4251-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D3-4251-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D4-4251-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC083-4251-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC084-4251-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC085-4251-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC086-4251-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0848D87D-073A-11EB-BBDB-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC087-4251-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC088-4251-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC090-4251-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC89-4251-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22BA-4251-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E9-4252-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EA-4252-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EB-4252-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EC-4252-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48CF-696D-11EC-BBF7-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A76B-4252-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240DD0A7-2224-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8E2A586-2666-11EA-BBCA-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92A8C-2223-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88E-4253-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681BDA00-D1AC-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A526A-4252-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5A55FC8-EA56-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F78B-4252-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92BDE-2223-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23C22708-F3D8-11EC-BBFA-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23C22709-F3D8-11EC-BBFA-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCEF-4254-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3AD38B-F3D8-11EC-BBFA-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27B11D2E-073A-11EB-BBDB-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDB108C9-2223-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED5-02BA-11ED-BBFC-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9080622-12C1-11EA-BBC6-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF4578FE-12C1-11EA-BBC6-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3AA5BDF-2223-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959845-02BA-11ED-BBFC-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959844-02BA-11ED-BBFC-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959847-02BA-11ED-BBFC-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959846-02BA-11ED-BBFC-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D101D555-02BA-11ED-BBFC-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D101D556-02BA-11ED-BBFC-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722C8C2B-2224-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22252288-2222-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22252151-2222-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222520B1-2222-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ECBF941-294C-11EC-BBF4-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA032BF-2223-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92EFE-2223-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDB10789-2223-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0195E179-9F22-11EC-BBFA-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1964E1EE-FCA4-11EC-BBFA-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3AA59FF-2223-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2936B30-FCA3-11EC-BBFA-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2936B32-FCA3-11EC-BBFA-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDF13A45-E3D8-11EF-BC57-00505692E049117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD45E7-5CD3-11F0-BC49-0050569297EB118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9AC29-5CD3-11F0-BC49-0050569297EB119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD4D9F-5CD3-11F0-BC49-0050569297EB120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9AA0E-5CD3-11F0-BC49-0050569297EB121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9A8CC-5CD3-11F0-BC49-0050569297EB122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69F27AD-A513-11F0-BC4E-00505692492F123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD41F9-5CD3-11F0-BC49-0050569297EB124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1C9129-731C-11F0-BC56-00505692E2D0125.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5C1-4252-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E834-424F-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CF9C-E3D3-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC88CA-4250-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B16C-4250-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1398CAB8-F161-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6252686-4251-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F9F-4252-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250FA0-4252-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80DECC38-F94B-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3535A345-21C4-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79A9081A-50A8-11ED-BC00-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A8C4-21C7-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1065B90F-294D-11EC-BBF4-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1065B90E-294D-11EC-BBF4-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501FB84C-3126-11EC-BBF4-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501FB84B-3126-11EC-BBF4-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373E2-424E-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9DD8-21C9-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA07C-21C9-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9F2A-21C9-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346F015D-696C-11EC-BBF7-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10F6-696C-11EC-BBF7-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66C7F19B-696C-11EC-BBF7-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D6-E3D6-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA1BC-21C9-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D255380-E3D6-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAFCC-21C7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAE8C-21C7-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F95397CE-21C6-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4B32A1E-21C6-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAF2C-21C7-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5D7DA-21C7-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C0025BB-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E111729-4250-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDEB6C74-424F-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23E04-424F-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E80B-424F-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F338617D-21C6-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED28053F-21C6-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAD4C-21C7-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834E44D7-E3D6-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F52E-424F-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FC1C2EA-21C7-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05FC889B-4250-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E17B2E7-E3D2-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEAA-E3D2-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FEEEA9-E3D2-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30173349-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42066B31-4250-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA04A-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9E8A-21C9-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9FDC-21C9-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005BA11C-21C9-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C322FEC-4251-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6235F414-4251-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C4-4251-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C5-4251-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9C6-4251-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9CF-4251-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D1-4251-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D3-4251-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E2CD9D4-4251-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC083-4251-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC084-4251-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC085-4251-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC086-4251-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0848D87D-073A-11EB-BBDB-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC087-4251-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC088-4251-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC2BC090-4251-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC89-4251-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22BA-4251-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5E9-4252-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EA-4252-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EB-4252-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5EC-4252-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963B48CF-696D-11EC-BBF7-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C21A76B-4252-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240DD0A7-2224-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8E2A586-2666-11EA-BBCA-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92A8C-2223-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C88E-4253-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681BDA00-D1AC-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A526A-4252-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5A55FC8-EA56-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A031F78B-4252-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92BDE-2223-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23C22708-F3D8-11EC-BBFA-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23C22709-F3D8-11EC-BBFA-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCEF-4254-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D3AD38B-F3D8-11EC-BBFA-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27B11D2E-073A-11EB-BBDB-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDB108C9-2223-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0813ED5-02BA-11ED-BBFC-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9080622-12C1-11EA-BBC6-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF4578FE-12C1-11EA-BBC6-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3AA5BDF-2223-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959845-02BA-11ED-BBFC-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959844-02BA-11ED-BBFC-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959847-02BA-11ED-BBFC-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7959846-02BA-11ED-BBFC-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D101D555-02BA-11ED-BBFC-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D101D556-02BA-11ED-BBFC-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722C8C2B-2224-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22252288-2222-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22252151-2222-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222520B1-2222-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ECBF941-294C-11EC-BBF4-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFA032BF-2223-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9A92EFE-2223-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDB10789-2223-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0195E179-9F22-11EC-BBFA-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1964E1EE-FCA4-11EC-BBFA-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3AA59FF-2223-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2936B30-FCA3-11EC-BBFA-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2936B32-FCA3-11EC-BBFA-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BDF13A45-E3D8-11EF-BC57-00505692E049118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD45E7-5CD3-11F0-BC49-0050569297EB119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9AC29-5CD3-11F0-BC49-0050569297EB120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD4D9F-5CD3-11F0-BC49-0050569297EB121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9AA0E-5CD3-11F0-BC49-0050569297EB122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EA9A8CC-5CD3-11F0-BC49-0050569297EB123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D69F27AD-A513-11F0-BC4E-00505692492F124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34AD41F9-5CD3-11F0-BC49-0050569297EB125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA1C9129-731C-11F0-BC56-00505692E2D0126.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4636,51 +4645,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>107</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5176,51 +5185,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>126</xdr:row>
+      <xdr:row>125</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5266,63 +5275,93 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="124" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>129</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="125" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5581,62 +5620,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-dlya-kolbasok-ruchn-aps-04070289/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-d-rezki-torta-matfer-04070521/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-rama-strunnyy-d-konditera-matfer-04070522/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnye-struny-d-art120094-matfer-04070528/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-rama-strunnyy-konditerskiy-matfer-04070538/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-forma-matfer-04070556/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mini-rezakov-matfer-04070560/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-1-d-ovoschey-fruktov-zhele-i-td-matfer-04070565/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-2-d-ovoschey-fruktov-zhele-i-td-matfer-04070566/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04070567/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-nareztesta-paderno-04070905/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/skalka-nozh-d-kruassanov-paderno-04070963/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-metaltex-04073507/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04140016/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-6-kuskov-paderno-04140140/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-8-kuskov-paderno-04140141/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-izgotovltartaletok-paderno-04140165/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-8-12kuskov-paderno-04140969/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-18kuskov-paderno-04140970/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-14-18kuskov-paderno-04140971/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditso-shtampom-paderno-04141317/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditso-shtampom-paderno-04141318/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-d-rezki-torta-paderno-04141321/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-10-kuskov-paderno-04141355/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-kuskov-was-04141367/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-was-04141368/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04141376/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04141377/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142828/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142829/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04142837/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-strunnogo-rezaka-d-konditera-matfer-04142868/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pincety-dlya-marcipana-matfer-04144031/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-d-dekorirovaniya-matfer-04144033/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-riflen-matfer-04144271/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144287/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144296/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144297/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144521/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-form-d-kondizd-matfer-04144532/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-10-kuskov-matfer-04144533/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kond-izdeliy-riflenyy-matfer-04144552/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-paderno-04144608/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04144641/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144651/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144652/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144653/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-matfer-04145314/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145330/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-testa-dvuhstor-matfer-04145357/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-16-kuskov-matfer-04145421/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-14-kuskov-matfer-04145422/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-18-kuskov-matfer-04145423/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146076/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146090/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146125/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146126/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146127/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146128/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146130/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146132/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146133/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146259/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146260/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146261/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146262/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146263/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146265/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146266/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-matfer-04146268/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146289/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kvadrpiroga-matfer-04146382/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146395/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146396/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146397/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146398/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyemka-kondso-shtampom-paderno-04146403/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146440/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04146581/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marker-d-vypechki-hleba-matfer-04146603/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kondizdeliy-riflenyy-matfer-04146628/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146672/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146699/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146779/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-riflenyy-matfer-04146787/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146789/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kondizdeliy-riflenyy-matfer-04146962/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146995/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146999/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04147212/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147219/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147220/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147221/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vydavlivatel-d-art350017-matfer-04147328/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147391/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147392/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147393/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147901/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147902/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147903/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147904/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04147907/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04147908/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147917/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147918/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147919/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-vyrubok-dlya-testa-krug-arka-oval-ovalkrug-kvadrat-pryamougolnik-romb-serdce-krivaya-martellato-04149259/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-kaplya-martellato-04149265/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-krug-martellato-04149266/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-oval-martellato-04149267/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-treugolnik-martellato-04149268/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razdelitel-d-pirogov-10-chastey-martellato-04149279/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razdelitel-d-pirogov-12-chastey-martellato-04149280/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-strunnyy-konditerskiy-paderno-04149282/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-hellouin-paderno-04149287/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vydavlivatel-dlya-art350013-matfer-04149886/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04149889/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04149891/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-konditerskaya-matfer-04149892/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-kakao-boby-martellato-04147982/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147042/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147036/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147041/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147037/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04147812/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147038/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147039/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147040/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145510/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145511/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145512/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-paderno-04070973/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145514/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145513/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-dlya-kolbasok-ruchn-aps-04070289/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-d-rezki-torta-matfer-04070521/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-rama-strunnyy-d-konditera-matfer-04070522/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnye-struny-d-art120094-matfer-04070528/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-rama-strunnyy-konditerskiy-matfer-04070538/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-forma-matfer-04070556/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mini-rezakov-matfer-04070560/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-1-d-ovoschey-fruktov-zhele-i-td-matfer-04070565/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-2-d-ovoschey-fruktov-zhele-i-td-matfer-04070566/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04070567/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-nareztesta-paderno-04070905/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-metaltex-04073507/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04140016/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-georgin-martellato-04140037/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-romashka-martellato-04140038/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-6-kuskov-paderno-04140140/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-8-kuskov-paderno-04140141/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-izgotovltartaletok-paderno-04140165/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-8-12kuskov-paderno-04140969/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-18kuskov-paderno-04140970/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-14-18kuskov-paderno-04140971/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditso-shtampom-paderno-04141317/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditso-shtampom-paderno-04141318/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-struna-d-rezki-torta-paderno-04141321/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-10-kuskov-paderno-04141355/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-kuskov-was-04141367/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-was-04141368/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04141376/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04141377/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142828/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04142829/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-matfer-04142837/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-strunnogo-rezaka-d-konditera-matfer-04142868/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pincety-dlya-marcipana-matfer-04144031/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-d-dekorirovaniya-matfer-04144033/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rezakov-riflen-matfer-04144271/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144287/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144296/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144297/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04144521/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-form-d-kondizd-matfer-04144532/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-10-kuskov-matfer-04144533/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kond-izdeliy-riflenyy-matfer-04144552/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-hleba-paderno-04144608/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04144641/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144651/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144652/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-d-narezki-biskvita-matfer-04144653/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-matfer-04145314/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04145330/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-testa-dvuhstor-matfer-04145357/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-16-kuskov-matfer-04145421/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-14-kuskov-matfer-04145422/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-torta-12-18-kuskov-matfer-04145423/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146076/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-konditerskaya-matfer-04146090/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146125/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146126/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146127/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146128/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146130/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146132/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146133/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146259/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146260/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146261/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04146262/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146263/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146265/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-04146266/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-matfer-04146268/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146289/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kvadrpiroga-matfer-04146382/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146395/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146396/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146397/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146398/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyemka-kondso-shtampom-paderno-04146403/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146440/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-konditerskih-form-paderno-04146581/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marker-d-vypechki-hleba-matfer-04146603/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kondizdeliy-riflenyy-matfer-04146628/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146672/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146699/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146779/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-riflenyy-matfer-04146787/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04146789/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-d-kondizdeliy-riflenyy-matfer-04146962/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146995/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04146999/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-beckers-04147212/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147219/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147220/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147221/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vydavlivatel-d-art350017-matfer-04147328/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147391/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147392/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-martellato-04147393/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147901/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147902/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147903/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/press-dlya-konditerskih-kolec-matfer-04147904/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04147907/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-matfer-04147908/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147917/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147918/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04147919/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-vyrubok-dlya-testa-krug-arka-oval-ovalkrug-kvadrat-pryamougolnik-romb-serdce-krivaya-martellato-04149259/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-kaplya-martellato-04149265/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-krug-martellato-04149266/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-oval-martellato-04149267/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shablon-rezak-treugolnik-martellato-04149268/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razdelitel-d-pirogov-10-chastey-martellato-04149279/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/razdelitel-d-pirogov-12-chastey-martellato-04149280/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-strunnyy-konditerskiy-paderno-04149282/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-hellouin-paderno-04149287/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vydavlivatel-dlya-art350013-matfer-04149886/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04149889/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rezak-konditerskiy-matfer-04149891/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-konditerskaya-matfer-04149892/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-kakao-boby-martellato-04147982/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147042/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147036/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147041/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147037/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-dlya-vypechki-prohotel-04147812/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147038/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147039/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-martellato-04147040/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145510/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145511/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145512/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/forma-rezak-paderno-04070973/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145514/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-dlya-torta-prohotel-04145513/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L135"/>
+  <dimension ref="A1:L136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I135" sqref="I135"/>
+      <selection activeCell="I136" sqref="I136"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -5769,4188 +5808,4228 @@
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="0">
         <v>120096</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D6" s="0">
         <v>263544</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D7" s="0">
         <v>150452</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D8" s="0">
         <v>150465</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D9" s="0">
         <v>150513</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D10" s="0">
         <v>150514</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D11" s="0">
         <v>150512</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L13" s="0"/>
+      <c r="L13" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="D14" s="0" t="s">
-        <v>62</v>
+      <c r="D14" s="0">
+        <v>371223</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="E15" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="D15" s="0">
-[...5 lines deleted...]
-      <c r="F15" s="0"/>
+      <c r="F15" s="0" t="s">
+        <v>67</v>
+      </c>
       <c r="G15" s="0" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L15" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H16" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="I16" s="1" t="s">
         <v>69</v>
-      </c>
-[...14 lines deleted...]
-        <v>72</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>78</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H18" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>87</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>90</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>91</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="D23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="D24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="D26" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0">
+        <v>1501012</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>118</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D28" s="0">
-        <v>150101</v>
+        <v>1501014</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>21</v>
+        <v>117</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D29" s="0">
-        <v>150103</v>
+        <v>150101</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>124</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D30" s="0">
-        <v>152003</v>
+        <v>150103</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>127</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L30" s="0"/>
+      <c r="L30" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D31" s="0">
-        <v>152008</v>
+        <v>152003</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="0">
-        <v>150104</v>
+        <v>152008</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>73</v>
+        <v>134</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D33" s="0">
-        <v>263520</v>
+        <v>150104</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="0">
-        <v>431402</v>
+        <v>263520</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="0">
-        <v>112501</v>
+        <v>431402</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>145</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D36" s="0">
-        <v>150102</v>
+        <v>112501</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>37</v>
+        <v>144</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="0">
-        <v>336168</v>
+        <v>150102</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="0">
-        <v>150214</v>
+        <v>336168</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F38" s="0"/>
+      <c r="F38" s="0" t="s">
+        <v>155</v>
+      </c>
       <c r="G38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>156</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D39" s="0">
-        <v>336214</v>
+        <v>150214</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F39" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>159</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L39" s="0"/>
+      <c r="L39" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D40" s="0">
-        <v>152011</v>
+        <v>336214</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F40" s="0"/>
+      <c r="F40" s="0" t="s">
+        <v>155</v>
+      </c>
       <c r="G40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>162</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L40" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D41" s="0">
-        <v>150476</v>
+        <v>152011</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>165</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D42" s="0">
-        <v>154050</v>
+        <v>150476</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>168</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D43" s="0">
-        <v>150120</v>
+        <v>154050</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="D44" s="0" t="s">
-        <v>174</v>
+      <c r="D44" s="0">
+        <v>150120</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L44" s="0"/>
+      <c r="L44" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="D45" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="0" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>178</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L45" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D46" s="0">
-        <v>421713</v>
+        <v>150312</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H46" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>183</v>
+        <v>18</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D47" s="0">
-        <v>421714</v>
+        <v>421713</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>186</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D48" s="0">
-        <v>421715</v>
+        <v>421714</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>189</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D49" s="0">
-        <v>150201</v>
+        <v>421715</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>37</v>
+        <v>184</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>18</v>
+        <v>192</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D50" s="0">
-        <v>154101</v>
+        <v>150201</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>195</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D51" s="0">
-        <v>140102</v>
+        <v>154101</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D52" s="0">
-        <v>112657</v>
+        <v>140102</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>201</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>202</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D53" s="0">
-        <v>154051</v>
+        <v>112657</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>204</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D54" s="0">
-        <v>154052</v>
+        <v>154051</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>207</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D55" s="0">
-        <v>154102</v>
+        <v>154052</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D56" s="0">
-        <v>154103</v>
+        <v>154102</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>213</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>214</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D57" s="0">
-        <v>150156</v>
+        <v>154103</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>216</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D58" s="0">
-        <v>150157</v>
+        <v>150156</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>219</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D59" s="0">
-        <v>150158</v>
+        <v>150157</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>222</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D60" s="0">
-        <v>150159</v>
+        <v>150158</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>225</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D61" s="0">
-        <v>150161</v>
+        <v>150159</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>228</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D62" s="0">
-        <v>150163</v>
+        <v>150161</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>231</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D63" s="0">
-        <v>150164</v>
+        <v>150163</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>234</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D64" s="0">
-        <v>71048187</v>
+        <v>150164</v>
       </c>
       <c r="E64" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="F64" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="G64" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>237</v>
-      </c>
-[...8 lines deleted...]
-        <v>239</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="D65" s="0">
+        <v>71048187</v>
+      </c>
+      <c r="E65" s="0" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>242</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D66" s="0">
-        <v>91503030</v>
+        <v>91004040</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>245</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>247</v>
       </c>
       <c r="D67" s="0">
-        <v>91503040</v>
+        <v>91503030</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>248</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>78</v>
+        <v>249</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D68" s="0">
-        <v>91504030</v>
-[...1 lines deleted...]
-      <c r="E68" s="0"/>
+        <v>91503040</v>
+      </c>
+      <c r="E68" s="0" t="s">
+        <v>240</v>
+      </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D69" s="0">
-        <v>92004030</v>
+        <v>91504030</v>
       </c>
       <c r="E69" s="0"/>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D70" s="0">
-        <v>92005040</v>
+        <v>92004030</v>
       </c>
       <c r="E70" s="0"/>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D71" s="0">
-        <v>150451</v>
-[...3 lines deleted...]
-      </c>
+        <v>92005040</v>
+      </c>
+      <c r="E71" s="0"/>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>22</v>
+        <v>241</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D72" s="0">
-        <v>150427</v>
+        <v>150451</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L72" s="0"/>
+      <c r="L72" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D73" s="0">
-        <v>371221</v>
+        <v>150427</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L73" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L73" s="0"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D74" s="0">
-        <v>150216</v>
+        <v>371221</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D75" s="0">
-        <v>150241</v>
+        <v>150216</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D76" s="0">
-        <v>150244</v>
+        <v>150241</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D77" s="0">
-        <v>150247</v>
+        <v>150244</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="D78" s="0" t="s">
         <v>281</v>
       </c>
+      <c r="D78" s="0">
+        <v>150247</v>
+      </c>
       <c r="E78" s="0" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="F78" s="0"/>
+        <v>21</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>151</v>
+      </c>
       <c r="G78" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>282</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>283</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="D79" s="0">
-        <v>150215</v>
+      <c r="D79" s="0" t="s">
+        <v>285</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="D80" s="0" t="s">
         <v>288</v>
       </c>
+      <c r="D80" s="0">
+        <v>150215</v>
+      </c>
       <c r="E80" s="0" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>289</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="D81" s="0">
-        <v>120037</v>
+      <c r="D81" s="0" t="s">
+        <v>292</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L81" s="0"/>
+      <c r="L81" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D82" s="0">
-        <v>150231</v>
+        <v>120037</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D83" s="0">
-        <v>371253</v>
+        <v>150231</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L83" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D84" s="0">
-        <v>350103</v>
+        <v>371253</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D85" s="0">
-        <v>150426</v>
+        <v>350103</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L85" s="0"/>
+      <c r="L85" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D86" s="0">
-        <v>150207</v>
+        <v>150426</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F86" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L86" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L86" s="0"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D87" s="0">
-        <v>153014</v>
+        <v>150207</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F87" s="0"/>
+      <c r="F87" s="0" t="s">
+        <v>151</v>
+      </c>
       <c r="G87" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D88" s="0">
-        <v>150121</v>
+        <v>153014</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F88" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D89" s="0">
-        <v>350107</v>
+        <v>150121</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F89" s="0"/>
+      <c r="F89" s="0" t="s">
+        <v>151</v>
+      </c>
       <c r="G89" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D90" s="0">
-        <v>350102</v>
+        <v>350107</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>321</v>
+      </c>
+      <c r="D91" s="0">
+        <v>350102</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>237</v>
+        <v>21</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>238</v>
+        <v>22</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>321</v>
+        <v>305</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>322</v>
+        <v>18</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="C92" s="0" t="s">
+      <c r="D92" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="D92" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="0" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>22</v>
+        <v>241</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>325</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>18</v>
+        <v>326</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D93" s="0">
-        <v>371243</v>
+        <v>371242</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D94" s="0">
-        <v>154152</v>
+        <v>371243</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D95" s="0">
-        <v>350027</v>
+        <v>154152</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="D96" s="0" t="s">
         <v>337</v>
       </c>
+      <c r="D96" s="0">
+        <v>350027</v>
+      </c>
       <c r="E96" s="0" t="s">
-        <v>338</v>
+        <v>21</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>340</v>
+        <v>18</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="C97" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E97" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="C98" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E98" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>18</v>
+        <v>348</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>349</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="D99" s="0">
-        <v>376106</v>
+      <c r="D99" s="0" t="s">
+        <v>351</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>352</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>353</v>
       </c>
       <c r="D100" s="0">
-        <v>376108</v>
+        <v>376106</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>354</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
         <v>355</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>356</v>
       </c>
       <c r="D101" s="0">
-        <v>376110</v>
+        <v>376108</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>357</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
         <v>358</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>359</v>
       </c>
       <c r="D102" s="0">
-        <v>376112</v>
+        <v>376110</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>360</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>362</v>
       </c>
       <c r="D103" s="0">
-        <v>150403</v>
+        <v>376112</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>363</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
         <v>364</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>365</v>
       </c>
       <c r="D104" s="0">
-        <v>153016</v>
+        <v>150403</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>366</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
+      <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
         <v>367</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>368</v>
       </c>
       <c r="D105" s="0">
-        <v>431012</v>
+        <v>153016</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>369</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="B106" s="0" t="s">
         <v>370</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>371</v>
       </c>
       <c r="D106" s="0">
-        <v>431013</v>
+        <v>431012</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>372</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="B107" s="0" t="s">
         <v>373</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>374</v>
       </c>
       <c r="D107" s="0">
-        <v>431029</v>
+        <v>431013</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>375</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
-      <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>376</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>377</v>
       </c>
-      <c r="D108" s="0" t="s">
-        <v>378</v>
+      <c r="D108" s="0">
+        <v>431029</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>338</v>
+        <v>21</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L108" s="0"/>
+      <c r="L108" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>380</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="D109" s="0" t="s">
         <v>381</v>
       </c>
-      <c r="D109" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="0"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>384</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="D110" s="0" t="s">
         <v>385</v>
       </c>
-      <c r="D110" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L110" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="D111" s="0" t="s">
         <v>389</v>
       </c>
-      <c r="D111" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>391</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>392</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>393</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>394</v>
+        <v>18</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="D113" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>18</v>
+        <v>397</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="D114" s="0" t="s">
         <v>400</v>
       </c>
-      <c r="D114" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>403</v>
       </c>
-      <c r="C115" s="0" t="s">
+      <c r="D115" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="D115" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E115" s="0" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L115" s="0"/>
+      <c r="L115" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="D116" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="D116" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L116" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L116" s="0"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="C117" s="0" t="s">
+      <c r="D117" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="D117" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E117" s="0" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>413</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>415</v>
       </c>
       <c r="D118" s="0">
-        <v>153301</v>
+        <v>350023</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>416</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
         <v>417</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>418</v>
       </c>
       <c r="D119" s="0">
-        <v>153306</v>
+        <v>153301</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>419</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
         <v>420</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>421</v>
       </c>
       <c r="D120" s="0">
-        <v>371136</v>
+        <v>153306</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>422</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="D121" s="0" t="s">
-        <v>425</v>
+      <c r="D121" s="0">
+        <v>371136</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>338</v>
+        <v>21</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>427</v>
+        <v>18</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="D122" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="C122" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E122" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>431</v>
+        <v>53</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="L122" s="0"/>
+        <v>430</v>
+      </c>
+      <c r="L122" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>54</v>
+        <v>434</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>345</v>
+        <v>18</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="D124" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="C124" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E124" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L124" s="0"/>
+        <v>397</v>
+      </c>
+      <c r="L124" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="D125" s="0" t="s">
         <v>442</v>
       </c>
-      <c r="C125" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E125" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
+      <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="D126" s="0" t="s">
         <v>446</v>
       </c>
-      <c r="C126" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E126" s="0" t="s">
-        <v>449</v>
+        <v>66</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>450</v>
+        <v>53</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L126" s="0"/>
+        <v>448</v>
+      </c>
+      <c r="L126" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
-      <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="E127" s="0" t="s">
         <v>452</v>
-      </c>
-[...7 lines deleted...]
-        <v>338</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>54</v>
+        <v>453</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>456</v>
       </c>
-      <c r="C128" s="0" t="s">
+      <c r="D128" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="D128" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E128" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>460</v>
       </c>
-      <c r="C129" s="0" t="s">
+      <c r="D129" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="D129" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E129" s="0" t="s">
-        <v>338</v>
+        <v>66</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>431</v>
+        <v>53</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="L129" s="0"/>
+        <v>448</v>
+      </c>
+      <c r="L129" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
+      <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>464</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="D130" s="0" t="s">
         <v>465</v>
       </c>
-      <c r="D130" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E130" s="0" t="s">
-        <v>449</v>
+        <v>66</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>450</v>
+        <v>434</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L130" s="0"/>
+        <v>78</v>
+      </c>
+      <c r="L130" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="B131" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>468</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="D131" s="0" t="s">
         <v>469</v>
       </c>
-      <c r="D131" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E131" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="B132" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C132" s="0" t="s">
         <v>472</v>
       </c>
-      <c r="C132" s="0" t="s">
+      <c r="D132" s="0" t="s">
         <v>473</v>
       </c>
-      <c r="D132" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
-      <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>476</v>
       </c>
-      <c r="C133" s="0" t="s">
+      <c r="D133" s="0" t="s">
         <v>477</v>
       </c>
-      <c r="D133" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" s="0" t="s">
-        <v>53</v>
+        <v>452</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>54</v>
+        <v>453</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
+      <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>480</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="D134" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="D134" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E134" s="0" t="s">
-        <v>449</v>
+        <v>52</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>450</v>
+        <v>53</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="B135" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>484</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="D135" s="0" t="s">
         <v>485</v>
       </c>
-      <c r="D135" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E135" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="0"/>
+    </row>
+    <row r="136" spans="1:12" customHeight="1" ht="80">
+      <c r="B136" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="E136" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="F136" s="0"/>
+      <c r="G136" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="H136" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="I136" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="J136" s="0"/>
+      <c r="K136" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="L136" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -10045,50 +10124,51 @@
     <hyperlink ref="B111" r:id="rId_hyperlink_110"/>
     <hyperlink ref="B112" r:id="rId_hyperlink_111"/>
     <hyperlink ref="B113" r:id="rId_hyperlink_112"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B129" r:id="rId_hyperlink_128"/>
     <hyperlink ref="B130" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B131" r:id="rId_hyperlink_130"/>
     <hyperlink ref="B132" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B133" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B135" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="B136" r:id="rId_hyperlink_135"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>