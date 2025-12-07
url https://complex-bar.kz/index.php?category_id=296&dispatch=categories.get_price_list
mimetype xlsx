--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -89,122 +89,122 @@
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Совки</t>
   </si>
   <si>
     <t>8491.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Совок для муки «Проотель»;поликарбонат;0,95л;,L=28,B=12см;прозр.</t>
   </si>
   <si>
     <t>02110319</t>
   </si>
   <si>
     <t>P-039</t>
   </si>
   <si>
     <t>5747.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>21 шт.</t>
   </si>
   <si>
     <t>Совок для муки «Проотель»;поликарбонат;180мл;,L=25,B=12см;прозр.</t>
   </si>
   <si>
     <t>02110320</t>
   </si>
   <si>
     <t>P-040</t>
   </si>
   <si>
     <t>2478.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Совок для муки;сталь нерж.;400мл;,L=263,B=78мм;серебрист.</t>
   </si>
   <si>
     <t>04141603</t>
   </si>
   <si>
     <t>42609-15</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>32879.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Совок для муки;сталь нерж.;1л;,L=32,5,B=10,5см;серебрист.</t>
   </si>
   <si>
     <t>04141604</t>
   </si>
   <si>
     <t>42609-20</t>
   </si>
   <si>
     <t>38447.00₸</t>
   </si>
   <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
     <t>Совок для муки «Хигиа»;алюмин.;1,1л;,L=34,7,B=11,8см;серебрист.</t>
   </si>
   <si>
     <t>04141605</t>
   </si>
   <si>
     <t>Westmark</t>
   </si>
   <si>
     <t>Hygia</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>17110.00₸</t>
   </si>
   <si>
-    <t>0 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Совок для муки «Хигиа»;алюмин.;1,87л;,L=40,B=15см;серебрист.</t>
   </si>
   <si>
     <t>04141606</t>
   </si>
   <si>
     <t>30092.00₸</t>
   </si>
   <si>
     <t>Совок для муки «Проотель»;сталь нерж.;350мл;,L=245/130,B=70мм;серебрист.</t>
   </si>
   <si>
     <t>04141607</t>
   </si>
   <si>
     <t>SC3</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>6279.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
@@ -245,216 +245,222 @@
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>32664.00₸</t>
   </si>
   <si>
     <t>Совок для муки мерный;полипроп.;0,85л;,L=35/14,5см;белый</t>
   </si>
   <si>
     <t>04141613</t>
   </si>
   <si>
     <t>14646.00₸</t>
   </si>
   <si>
     <t>Совок для муки мерный;полипроп.;1,5л;,L=40/17,7см;белый</t>
   </si>
   <si>
     <t>04141614</t>
   </si>
   <si>
     <t>25218.00₸</t>
   </si>
   <si>
+    <t>Совок для муки мерный;полипроп.;250мл;,L=250/92мм;белый</t>
+  </si>
+  <si>
+    <t>04141615</t>
+  </si>
+  <si>
+    <t>7392.00₸</t>
+  </si>
+  <si>
     <t>Совок для муки мерный;полипроп.;0,5л;,L=31/115мм;белый</t>
   </si>
   <si>
     <t>04141616</t>
   </si>
   <si>
     <t>16109.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Совок для муки мерный;полипроп.;125мл;,L=187/65мм;белый</t>
   </si>
   <si>
     <t>04141617</t>
   </si>
   <si>
     <t>5129.00₸</t>
   </si>
   <si>
     <t>Совок для муки;полипроп.;250мл;,L=25,B=9см;белый</t>
   </si>
   <si>
     <t>04141618</t>
   </si>
   <si>
     <t>00610</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>4274.00₸</t>
   </si>
   <si>
     <t>Совок для муки;полипроп.;0,5л;,H=5,L=31,B=12см;белый</t>
   </si>
   <si>
     <t>04141619</t>
   </si>
   <si>
     <t>00611</t>
   </si>
   <si>
     <t>4713.00₸</t>
   </si>
   <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
     <t>Совок для муки;сталь нерж.;1,7л;,L=37см;серебрист.</t>
   </si>
   <si>
     <t>04141624</t>
   </si>
   <si>
     <t>42609-23</t>
   </si>
   <si>
     <t>24764.00₸</t>
   </si>
   <si>
     <t>Совок для сыпучих продуктов;дер. олива;,L=15см;бежев.</t>
   </si>
   <si>
     <t>04141626</t>
   </si>
   <si>
     <t>90 676</t>
   </si>
   <si>
     <t>Berard</t>
   </si>
   <si>
-    <t>9294.00₸</t>
-[...2 lines deleted...]
-    <t>13 шт.</t>
+    <t>9086.00₸</t>
   </si>
   <si>
     <t>Совок для сыпучих продуктов;дер. олива;,L=10см;бежев.</t>
   </si>
   <si>
     <t>04141627</t>
   </si>
   <si>
     <t>90 670</t>
   </si>
   <si>
-    <t>9841.00₸</t>
+    <t>8085.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Совок для муки;дер. олива;,L=85мм;бежев.</t>
   </si>
   <si>
     <t>04141628</t>
   </si>
   <si>
     <t>99 570</t>
   </si>
   <si>
-    <t>4667.00₸</t>
-[...2 lines deleted...]
-    <t>1 шт.</t>
+    <t>3850.00₸</t>
   </si>
   <si>
     <t>Совок для муки;сталь нерж.;,L=15см;серебрист.</t>
   </si>
   <si>
     <t>04141634</t>
   </si>
   <si>
     <t>522002-03</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>26442.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Совок для муки «Хигиа»;алюмин.;410мл;,L=26,5,B=10см;серебрист.</t>
   </si>
   <si>
     <t>09100209</t>
   </si>
   <si>
     <t>8101.00₸</t>
   </si>
   <si>
     <t>Совок для муки;пластик;0,857л;,L=34,5/23,B=14,5см;белый</t>
   </si>
   <si>
     <t>04141640</t>
   </si>
   <si>
     <t>SES 800</t>
   </si>
   <si>
     <t>Martellato</t>
   </si>
   <si>
     <t>8008.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Совок для муки;пластик;0,512л;,L=31/19,B=11,7см;белый</t>
   </si>
   <si>
     <t>04141641</t>
   </si>
   <si>
     <t>SES 500</t>
   </si>
   <si>
-    <t>4644.00₸</t>
-[...2 lines deleted...]
-    <t>41 шт.</t>
+    <t>4697.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
   </si>
   <si>
     <t>Совок для муки;пластик;250мл;,L=25/15,B=9см;белый</t>
   </si>
   <si>
     <t>04141642</t>
   </si>
   <si>
     <t>SES 250</t>
   </si>
   <si>
     <t>3712.00₸</t>
   </si>
   <si>
     <t>Совок для муки;пластик;1,52л;,L=40/27,5,B=17,5см;белый</t>
   </si>
   <si>
     <t>04141643</t>
   </si>
   <si>
     <t>SES 1500</t>
   </si>
   <si>
     <t>13699.00₸</t>
   </si>
@@ -505,51 +511,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174D-E3C5-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174E-E3C5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174C-E3C5-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E93500F4-696B-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EFB008C7-696B-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60A-424F-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60B-424F-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44E5-424F-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44E6-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34165-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408793-E3D2-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B16F-4250-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B170-4250-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408791-E3D2-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408790-E3D2-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878F-E3D2-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408792-E3D2-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6340A499-EA56-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C237398-21C7-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C23744A-21C7-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60700655-4253-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2374FC-21C7-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DD2-424E-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A08DD-45F0-11EF-BC57-00505692E04924.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A09B3-45F0-11EF-BC57-00505692E04925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B637-45F0-11EF-BC57-00505692E04926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B70D-45F0-11EF-BC57-00505692E04927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DEBE4-9916-11EF-BC46-0050569297EB28.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174D-E3C5-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174E-E3C5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F174C-E3C5-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E93500F4-696B-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EFB008C7-696B-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60A-424F-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386E60B-424F-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44E5-424F-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1EE44E6-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34165-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408793-E3D2-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B16F-4250-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3616B170-4250-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A03797F-4250-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408791-E3D2-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408790-E3D2-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D640878F-E3D2-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6408792-E3D2-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6340A499-EA56-11EB-BBF2-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C237398-21C7-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C23744A-21C7-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60700655-4253-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2374FC-21C7-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18FD4DD2-424E-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A08DD-45F0-11EF-BC57-00505692E04925.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A09B3-45F0-11EF-BC57-00505692E04926.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B637-45F0-11EF-BC57-00505692E04927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B70D-45F0-11EF-BC57-00505692E04928.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670DEBE4-9916-11EF-BC46-0050569297EB29.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1337,50 +1343,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1639,62 +1675,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110318/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110319/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110320/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141603/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141604/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141605/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141606/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-04141607/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-04141608/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141609/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-matfer-04141611/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141613/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141614/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141616/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141617/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-aps-04141618/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-aps-04141619/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141624/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141626/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141627/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141628/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-sypuchih-produktov-linden-04141634/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-09100209/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141640/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141641/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141642/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141643/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141644/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110318/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110319/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-02110320/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141603/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141604/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141605/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141606/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-04141607/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-prohotel-04141608/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-04141609/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-matfer-04141611/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141613/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141614/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141615/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141616/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-matfer-04141617/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-aps-04141618/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-aps-04141619/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-muki-paderno-04141624/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141626/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141627/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-berard-04141628/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-d-sypuchih-produktov-linden-04141634/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-westmark-09100209/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141640/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141641/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141642/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141643/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sovok-dlya-muki-martellato-04141644/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L29"/>
+  <dimension ref="A1:L30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I29" sqref="I29"/>
+      <selection activeCell="I30" sqref="I30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1867,119 +1903,119 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D7" s="0">
         <v>91812291</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="L7" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D8" s="0">
         <v>91912291</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="L8" s="0">
         <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>54</v>
       </c>
@@ -2021,675 +2057,706 @@
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L10" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D11" s="0">
         <v>91712291</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>64</v>
       </c>
       <c r="L11" s="0">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D12" s="0">
         <v>116225</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>68</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="L12" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D13" s="0">
         <v>116236</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="0">
         <v>116237</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>68</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="L14" s="0"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D15" s="0">
-        <v>116235</v>
+        <v>116234</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>68</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="0">
-        <v>116233</v>
+        <v>116235</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>68</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="L16" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="D17" s="0" t="s">
-        <v>85</v>
+      <c r="D17" s="0">
+        <v>116233</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="L17" s="0">
-        <v>96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="E18" s="0" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="D19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="0" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="L19" s="0"/>
+        <v>95</v>
+      </c>
+      <c r="L19" s="0">
+        <v>100</v>
+      </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>99</v>
+        <v>33</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L20" s="0"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>68</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="0" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="F24" s="0"/>
+      <c r="G24" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="H24" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>119</v>
-      </c>
-[...16 lines deleted...]
-        <v>120</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0">
+        <v>91612291</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>122</v>
-      </c>
-[...14 lines deleted...]
-        <v>125</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>126</v>
+        <v>36</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>19</v>
+        <v>133</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="L29" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" customHeight="1" ht="80">
+      <c r="A30" s="0"/>
+      <c r="B30" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" s="0"/>
+      <c r="G30" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="J30" s="0"/>
+      <c r="K30" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>