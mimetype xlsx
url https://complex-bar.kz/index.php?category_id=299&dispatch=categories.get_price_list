--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,156 +71,162 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Горелка для карамели;сталь;63мл;,H=17,L=14,B=6см;металлич.</t>
   </si>
   <si>
     <t>04010347</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Горелки и лампы для карамели</t>
   </si>
   <si>
     <t>49458.00₸</t>
   </si>
   <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Горелка для карамели;сталь,пластик;,H=18,L=23,B=10,5см;синий,черный</t>
+  </si>
+  <si>
+    <t>04010350</t>
+  </si>
+  <si>
+    <t>072236</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>20116.00₸</t>
+  </si>
+  <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Горелка для карамели;сталь,пластик;,H=18,L=23,B=10,5см;синий,черный</t>
-[...16 lines deleted...]
-  <si>
     <t>Горелка для карамели;пластмас.;20мл;,H=155,L=75,B=35мм;металлич.</t>
   </si>
   <si>
     <t>04010357</t>
   </si>
   <si>
     <t>42812.00₸</t>
   </si>
   <si>
     <t>Горелка для карамели;,H=14,6,L=25,3,B=11см</t>
   </si>
   <si>
     <t>04010367</t>
   </si>
   <si>
     <t>KE2019CHEF</t>
   </si>
   <si>
     <t>Kemper</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>36036.00₸</t>
   </si>
   <si>
-    <t>49 шт.</t>
+    <t>32 шт.</t>
   </si>
   <si>
     <t>Горелка для карамели;,H=17,5,L=25,5,B=12,5см</t>
   </si>
   <si>
     <t>04010368</t>
   </si>
   <si>
     <t>1040A</t>
   </si>
   <si>
     <t>38308.00₸</t>
   </si>
   <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Горелка для карамели;,H=290,L=210,B=75мм;черный</t>
+  </si>
+  <si>
+    <t>04010369</t>
+  </si>
+  <si>
+    <t>41865.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Горелка для карамели;,H=290,L=210,B=75мм;черный</t>
-[...7 lines deleted...]
-  <si>
     <t>Горелка для карамели+подставка</t>
   </si>
   <si>
     <t>04144278</t>
   </si>
   <si>
     <t>De Buyer</t>
   </si>
   <si>
     <t>362747.00₸</t>
   </si>
   <si>
     <t>Помпа для карамели;резина;,L=36,B=5см</t>
   </si>
   <si>
     <t>04144581</t>
   </si>
   <si>
-    <t>106053.00₸</t>
+    <t>139779.00₸</t>
   </si>
   <si>
     <t>Горелка для карамели;,H=24,B=16,5см;черный</t>
   </si>
   <si>
     <t>04149981</t>
   </si>
   <si>
     <t>35829.00₸</t>
   </si>
   <si>
-    <t>31 шт.</t>
+    <t>40 шт.</t>
   </si>
   <si>
     <t>Утюг для карамели;сталь нерж.,пластик;,L=615,B=70мм;1,9Квт</t>
   </si>
   <si>
     <t>07021103</t>
   </si>
   <si>
     <t>455240.00₸</t>
   </si>
   <si>
     <t>Лампа для карамели;сталь нерж.,пластик;,H=50,L=45,B=32см;1Квт;металлич.</t>
   </si>
   <si>
     <t>07050301</t>
   </si>
   <si>
     <t>1172965.00₸</t>
   </si>
   <si>
     <t>Экран для арт.262201;поликарбонат</t>
   </si>
   <si>
     <t>07050314</t>
   </si>
@@ -1309,586 +1315,586 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="0">
         <v>262263</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D7" s="0">
         <v>13000</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="L7" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D8" s="0">
         <v>3052.15</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D9" s="0">
         <v>262230</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D10" s="0">
         <v>12500</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D11" s="0">
         <v>262272</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D12" s="0">
         <v>262201</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D13" s="0">
         <v>262205</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D14" s="0">
         <v>240817</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L14" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D15" s="0">
         <v>262215</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="B16" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="E18" s="0" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D19" s="0">
         <v>12265</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L20" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>