--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -134,239 +134,206 @@
   <si>
     <t>6584.00₸</t>
   </si>
   <si>
     <t>29 шт.</t>
   </si>
   <si>
     <t>Настол.подкладки прямоуг.[100шт];бумага;,L=46,B=36см;белый</t>
   </si>
   <si>
     <t>03200605</t>
   </si>
   <si>
     <t>6245.00₸</t>
   </si>
   <si>
     <t>Настольные подкладки кружевные[100шт];бумага;D=36,L=36,B=36см;белый</t>
   </si>
   <si>
     <t>03200606</t>
   </si>
   <si>
     <t>5183.00₸</t>
   </si>
   <si>
-    <t>21 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Настол.подкладки прямоуг.[100шт];бумага;,L=30,B=18см;белый</t>
   </si>
   <si>
     <t>03200607</t>
   </si>
   <si>
     <t>3981.00₸</t>
   </si>
   <si>
     <t>45 шт.</t>
   </si>
   <si>
     <t>Настольные подкладки кружевные[100шт];бумага;D=30,L=30,B=30см;белый</t>
   </si>
   <si>
     <t>03200608</t>
   </si>
   <si>
     <t>4513.00₸</t>
   </si>
   <si>
     <t>13 шт.</t>
   </si>
   <si>
     <t>Настольные подкладки кружевные[100шт];бумага;,L=34,B=26см;белый</t>
   </si>
   <si>
     <t>03200609</t>
   </si>
   <si>
-    <t>43 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Настол.подкладки прямоуг.[100шт];бумага;,L=45,B=32см;белый</t>
   </si>
   <si>
     <t>03200611</t>
   </si>
   <si>
     <t>10257.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Настольные подкладки кружевные[100шт];бумага;D=18,L=18,B=18см;белый</t>
   </si>
   <si>
     <t>03200612</t>
   </si>
   <si>
     <t>2634.00₸</t>
   </si>
   <si>
     <t>Настольные подкладки кружевные[100шт];бумага;D=25,L=25,B=25см;белый</t>
   </si>
   <si>
     <t>03200613</t>
   </si>
   <si>
     <t>3889.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Настольные подкладки кружевные[500шт];бумага;,H=35,L=180,B=130мм;белый</t>
   </si>
   <si>
     <t>03200614</t>
   </si>
   <si>
     <t>8832.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Настольные подкладки кружевные[1000шт];бумага;D=10,H=4,L=22,B=10см;белый</t>
   </si>
   <si>
     <t>03200615</t>
   </si>
   <si>
     <t>10049.00₸</t>
   </si>
   <si>
     <t>Настольные подкладки кружевные[100шт];бумага;D=32,L=32,B=32см;белый</t>
   </si>
   <si>
     <t>03200623</t>
   </si>
   <si>
     <t>4744.00₸</t>
   </si>
   <si>
-    <t>35 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Настольные подкладки кружевные[100шт];бумага;D=34,L=34,B=34см;белый</t>
   </si>
   <si>
     <t>03200627</t>
   </si>
   <si>
     <t>5629.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Настольные подкладки кружевные[250шт];бумага;D=30,L=30,B=30см;белый</t>
   </si>
   <si>
     <t>03200628</t>
   </si>
   <si>
     <t>7269.00₸</t>
   </si>
   <si>
     <t>17 шт.</t>
   </si>
   <si>
     <t>Настольные подкладки 9-слойная[20шт];бум. салфет.;D=9см;желт.</t>
   </si>
   <si>
     <t>03200701</t>
   </si>
   <si>
     <t>932.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Настольные подкладки 9-слойная[20шт];бум. салфет.;D=9см;синий</t>
   </si>
   <si>
     <t>03200703</t>
   </si>
   <si>
     <t>1325.00₸</t>
   </si>
   <si>
-    <t>Настольные подкладки 9-слойная[20шт];бум. салфет.;D=9см;белый</t>
-[...7 lines deleted...]
-  <si>
     <t>Настольные подкладки 9-слойная[20шт];бум. салфет.;D=9см;красный</t>
   </si>
   <si>
     <t>03200705</t>
   </si>
   <si>
     <t>1317.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Настольные подкладки[500шт];бумага;D=80,H=90,L=95,B=80мм;белый</t>
   </si>
   <si>
     <t>03200706</t>
   </si>
   <si>
     <t>2280.00₸</t>
   </si>
   <si>
     <t>Настол.подкладки прямоуг.[100шт];бумага;,L=30,B=40см;белый</t>
   </si>
   <si>
     <t>03200710</t>
   </si>
   <si>
     <t>6630.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос[25шт];картон;,L=28,B=19см;серебрист.</t>
   </si>
   <si>
     <t>04081601</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>14523.00₸</t>
   </si>
   <si>
     <t>Подложка для пирожных «Круг»[200шт];бумага;D=8,H=3см;золотой</t>
   </si>
   <si>
     <t>04144539</t>
   </si>
   <si>
     <t>Flo</t>
   </si>
   <si>
     <t>9525.00₸</t>
@@ -482,60 +449,63 @@
   <si>
     <t>08010548</t>
   </si>
   <si>
     <t>0302-4200</t>
   </si>
   <si>
     <t>OP</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1664.00₸</t>
   </si>
   <si>
     <t>Пленка для упаковки продуктов «Платинум Ролл» 45м;полиэтилен;,B=20см</t>
   </si>
   <si>
     <t>08010551</t>
   </si>
   <si>
     <t>1818.00₸</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Пакет в рулоне «Пакетофф»[500шт];полиэтилен;,L=40,B=25см;прозр.</t>
   </si>
   <si>
     <t>08010552</t>
   </si>
   <si>
     <t>2580.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>1 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -550,51 +520,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38C80120-21C0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0300-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D0-424C-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0301-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D1-424C-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D2-424C-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0302-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D3-424C-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0303-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0304-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D4-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32CD5138-21C0-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D9-424C-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0305-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0306-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DA-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32CD5098-21C0-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DF-424C-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38C801C0-21C0-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BC8-424B-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BC9-424B-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BCA-424B-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BCB-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E67A-424C-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/459EE058-F161-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E842-424F-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252FF-424F-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCD98D82-21C7-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059334-4250-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059335-4250-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575AF-4251-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3EE8D-2223-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D55B-4252-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3EFDF-2223-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3EDED-2223-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCAD3B-2223-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3EF3F-2223-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B8C818-2230-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD4FCFA3-7BA4-11EC-BBF7-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020720C9-CBAE-11EC-BBFA-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082B0861-CBAE-11EC-BBFA-005056921CC441.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38C80120-21C0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0300-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D0-424C-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0301-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D1-424C-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D2-424C-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0302-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D3-424C-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0303-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0304-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D4-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32CD5138-21C0-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217D9-424C-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0305-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F7C0306-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DA-424C-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32CD5098-21C0-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B10217DF-424C-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38C801C0-21C0-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BC8-424B-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BCA-424B-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BCB-424B-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E67A-424C-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/459EE058-F161-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9F8E842-424F-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252FF-424F-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCD98D82-21C7-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059334-4250-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059335-4250-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575AF-4251-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3EE8D-2223-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6433D55B-4252-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3EFDF-2223-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3EDED-2223-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9CCAD3B-2223-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFE3EF3F-2223-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B8C818-2230-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD4FCFA3-7BA4-11EC-BBF7-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020720C9-CBAE-11EC-BBFA-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082B0861-CBAE-11EC-BBFA-005056921CC440.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1742,80 +1712,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2074,62 +2014,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200600/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200601/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200602/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200603/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200604/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodkladki-pryamoug-papstar-03200605/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200606/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodkladki-pryamoug-papstar-03200607/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200608/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200609/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodkladki-pryamoug-papstar-03200611/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200612/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200613/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200614/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200615/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200623/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200627/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200628/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-papstar-03200701/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-papstar-03200703/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-papstar-03200704/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-papstar-03200705/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-papstar-03200706/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodkladki-pryamoug-papstar-03200710/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-matfer-04081601/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-d-pirozhnyh-matfer-04144539/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-kond-matfer-04144597/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04144632/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-kond-matfer-04145498/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-kond-matfer-04145499/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146199/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146519/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146520/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146521/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146524/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146525/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146526/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-konditerskaya-matfer-08010547/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-dlya-upakovki-produktov-op-08010548/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-dlya-upakovki-produktov-op-08010551/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/paket-v-rulone-op-08010552/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200600/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200601/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200602/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200603/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200604/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodkladki-pryamoug-papstar-03200605/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200606/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodkladki-pryamoug-papstar-03200607/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200608/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200609/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodkladki-pryamoug-papstar-03200611/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200612/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200613/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200614/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200615/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200623/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200627/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-kruzhevnye-papstar-03200628/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-papstar-03200701/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-papstar-03200703/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-papstar-03200705/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolnye-podkladki-papstar-03200706/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nastolpodkladki-pryamoug-papstar-03200710/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-matfer-04081601/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-d-pirozhnyh-matfer-04144539/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-kond-matfer-04144597/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04144632/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-kond-matfer-04145498/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-kond-matfer-04145499/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146199/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146519/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146520/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146521/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146524/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146525/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podlozhka-dlya-konditerskih-izdeliy-matfer-04146526/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-konditerskaya-matfer-08010547/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-dlya-upakovki-produktov-op-08010548/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plenka-dlya-upakovki-produktov-op-08010551/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/paket-v-rulone-op-08010552/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L42"/>
+  <dimension ref="A1:L41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I42" sqref="I42"/>
+      <selection activeCell="I41" sqref="I41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2456,1086 +2396,1053 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="0">
         <v>12275</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="L11" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D12" s="0">
         <v>12299</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D13" s="0">
         <v>12452</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D14" s="0">
         <v>12455</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D15" s="0">
         <v>12287</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D16" s="0">
         <v>12291</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D17" s="0">
         <v>12456</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="L17" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="D18" s="0">
         <v>12457</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="L18" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D19" s="0">
         <v>18270</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="L19" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="D20" s="0">
         <v>14246</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D21" s="0">
         <v>14248</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D22" s="0">
-        <v>14247</v>
+        <v>14240</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="D23" s="0">
-        <v>14240</v>
+        <v>12296</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="D24" s="0">
-        <v>12296</v>
+        <v>12298</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="L24" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="D25" s="0">
-        <v>12298</v>
+        <v>930402</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="L25" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="D26" s="0">
-        <v>930402</v>
+        <v>930252</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="F26" s="0"/>
+        <v>93</v>
+      </c>
+      <c r="F26" s="0" t="s">
+        <v>98</v>
+      </c>
       <c r="G26" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="D27" s="0">
-        <v>930252</v>
+        <v>960080</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="D28" s="0">
-        <v>960080</v>
+        <v>930257</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="F28" s="0"/>
+        <v>93</v>
+      </c>
+      <c r="F28" s="0" t="s">
+        <v>98</v>
+      </c>
       <c r="G28" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="D29" s="0">
-        <v>930257</v>
+        <v>960103</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="D30" s="0">
-        <v>960103</v>
+        <v>960104</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L30" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="D31" s="0">
-        <v>960104</v>
+        <v>923215</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D32" s="0">
-        <v>923215</v>
+        <v>930265</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L32" s="0"/>
+      <c r="L32" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="D33" s="0">
-        <v>930265</v>
+        <v>930211</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="D34" s="0">
-        <v>930211</v>
+        <v>930212</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="D35" s="0">
-        <v>930212</v>
+        <v>930162</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="D36" s="0">
-        <v>930162</v>
+        <v>930165</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="D37" s="0">
-        <v>930165</v>
+        <v>930270</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="D38" s="0">
-        <v>930270</v>
+        <v>960105</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L38" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>960105</v>
+        <v>136</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>137</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L39" s="0"/>
+      <c r="L39" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="D40" s="0"/>
       <c r="E40" s="0" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="L40" s="0">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="D41" s="0"/>
       <c r="E41" s="0" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="L41" s="0">
-        <v>1</v>
-[...28 lines deleted...]
-      <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
-    <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>