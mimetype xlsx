--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -299,51 +299,51 @@
   <si>
     <t>Резак кондитерский «Круг»;пластик;D=55мм</t>
   </si>
   <si>
     <t>04146125</t>
   </si>
   <si>
     <t>6507.00₸</t>
   </si>
   <si>
     <t>Резак кондитерский «Круг»;пластик;D=6см</t>
   </si>
   <si>
     <t>04146126</t>
   </si>
   <si>
     <t>5198.00₸</t>
   </si>
   <si>
     <t>Резак кондитерский «Круг»;пластик;D=65мм</t>
   </si>
   <si>
     <t>04146127</t>
   </si>
   <si>
-    <t>5544.00₸</t>
+    <t>7392.00₸</t>
   </si>
   <si>
     <t>Резак кондитерский «Круг»;пластик;D=7см</t>
   </si>
   <si>
     <t>04146128</t>
   </si>
   <si>
     <t>8963.00₸</t>
   </si>
   <si>
     <t>Резак кондитерский «Круг»;пластик;D=8,H=2см</t>
   </si>
   <si>
     <t>04146130</t>
   </si>
   <si>
     <t>11889.00₸</t>
   </si>
   <si>
     <t>Резак кондитерский «Круг»;пластик;D=9см</t>
   </si>
   <si>
     <t>04146132</t>
   </si>
@@ -371,642 +371,636 @@
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>4774.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=4,L=10,B=4см</t>
   </si>
   <si>
     <t>04146260</t>
   </si>
   <si>
     <t>4851.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=15,B=3см;металлич.</t>
   </si>
   <si>
     <t>04146261</t>
   </si>
   <si>
     <t>5460.00₸</t>
   </si>
   <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=4,L=15,B=3см</t>
+  </si>
+  <si>
+    <t>04146262</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=15,B=4см</t>
+  </si>
+  <si>
+    <t>04146263</t>
+  </si>
+  <si>
+    <t>5098.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=3,L=20,B=4см</t>
+  </si>
+  <si>
+    <t>04146265</t>
+  </si>
+  <si>
+    <t>3488.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=40,L=200,B=55мм</t>
+  </si>
+  <si>
+    <t>04146266</t>
+  </si>
+  <si>
+    <t>3763.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Ель»;металл;,H=16см</t>
+  </si>
+  <si>
+    <t>04146268</t>
+  </si>
+  <si>
+    <t>30924.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Яблоко»;сталь нерж.;,L=12,B=11см</t>
+  </si>
+  <si>
+    <t>04146289</t>
+  </si>
+  <si>
+    <t>52453.00₸</t>
+  </si>
+  <si>
+    <t>Резак для квадр.пирога;сталь нерж.;,H=75,L=107мм</t>
+  </si>
+  <si>
+    <t>04146382</t>
+  </si>
+  <si>
+    <t>28891.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Пряничкий человечек»;пластик;,H=35,L=110,B=78мм</t>
+  </si>
+  <si>
+    <t>04146395</t>
+  </si>
+  <si>
+    <t>10511.00₸</t>
+  </si>
+  <si>
+    <t>Резак;пластик;,L=4,B=4см</t>
+  </si>
+  <si>
+    <t>04146396</t>
+  </si>
+  <si>
+    <t>5922.00₸</t>
+  </si>
+  <si>
+    <t>Резак;пластик;,L=55,B=55мм</t>
+  </si>
+  <si>
+    <t>04146397</t>
+  </si>
+  <si>
+    <t>6253.00₸</t>
+  </si>
+  <si>
+    <t>Резак;пластик;,L=7,B=7см</t>
+  </si>
+  <si>
+    <t>04146398</t>
+  </si>
+  <si>
+    <t>6299.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Сердце»;пластик;,L=47,B=44мм</t>
+  </si>
+  <si>
+    <t>04146440</t>
+  </si>
+  <si>
+    <t>13583.00₸</t>
+  </si>
+  <si>
+    <t>Набор кондитерских форм[14шт];сталь нерж.;D=12см</t>
+  </si>
+  <si>
+    <t>04146581</t>
+  </si>
+  <si>
+    <t>47317-12</t>
+  </si>
+  <si>
+    <t>18581.00₸</t>
+  </si>
+  <si>
+    <t>Маркер для выпечки хлеба с выемкой;сталь нерж.;D=8см</t>
+  </si>
+  <si>
+    <t>04146603</t>
+  </si>
+  <si>
+    <t>24902.00₸</t>
+  </si>
+  <si>
+    <t>Резак для конд.изделий рифленый;сталь нерж.;D=14см</t>
+  </si>
+  <si>
+    <t>04146628</t>
+  </si>
+  <si>
+    <t>35413.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.;,H=35,L=164,B=78мм</t>
+  </si>
+  <si>
+    <t>04146672</t>
+  </si>
+  <si>
+    <t>24594.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Шестиугольник»;пластик;,L=63,B=63мм</t>
+  </si>
+  <si>
+    <t>04146699</t>
+  </si>
+  <si>
+    <t>5868.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Груша»;сталь нерж.;,L=140,B=95мм</t>
+  </si>
+  <si>
+    <t>04146779</t>
+  </si>
+  <si>
+    <t>43559.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский рифленый «Лодочка»;пластик;,L=7,B=4см</t>
+  </si>
+  <si>
+    <t>04146787</t>
+  </si>
+  <si>
+    <t>19204.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Двойная раковина»;сталь нерж.;,L=12,5,B=12см</t>
+  </si>
+  <si>
+    <t>04146789</t>
+  </si>
+  <si>
+    <t>140764.00₸</t>
+  </si>
+  <si>
+    <t>Резак для конд.изделий рифленый;пластик;D=80,H=35мм</t>
+  </si>
+  <si>
+    <t>04146962</t>
+  </si>
+  <si>
+    <t>19943.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Сердце»;пластик;,L=75,B=70мм</t>
+  </si>
+  <si>
+    <t>04146995</t>
+  </si>
+  <si>
+    <t>Резак «Овал»;пластик;,L=85,B=50мм</t>
+  </si>
+  <si>
+    <t>04146999</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=5,L=25,B=30см;металлич.</t>
+  </si>
+  <si>
+    <t>04147212</t>
+  </si>
+  <si>
+    <t>ПР25030050</t>
+  </si>
+  <si>
+    <t>8047.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04147219</t>
+  </si>
+  <si>
+    <t>31447.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Треугольник»;сталь нерж.;,H=40,L=117мм</t>
+  </si>
+  <si>
+    <t>04147220</t>
+  </si>
+  <si>
+    <t>29707.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский;сталь нерж.;,H=25,L=130мм</t>
+  </si>
+  <si>
+    <t>04147221</t>
+  </si>
+  <si>
+    <t>31740.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Яйцо» на листе 60*40см[32шт];абс-пластик;,L=52,B=33мм;белый</t>
+  </si>
+  <si>
+    <t>04147391</t>
+  </si>
+  <si>
+    <t>GTB22</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>25826.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Круг» на листе 60*40см[40шт];абс-пластик;D=37мм;белый</t>
+  </si>
+  <si>
+    <t>04147392</t>
+  </si>
+  <si>
+    <t>GTB16</t>
+  </si>
+  <si>
+    <t>28706.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Звезда» на листе 60*40см[35шт];абс-пластик;D=42мм;белый</t>
+  </si>
+  <si>
+    <t>04147393</t>
+  </si>
+  <si>
+    <t>GTB17</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=6см</t>
+  </si>
+  <si>
+    <t>04147901</t>
+  </si>
+  <si>
+    <t>22993.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=8см</t>
+  </si>
+  <si>
+    <t>04147902</t>
+  </si>
+  <si>
+    <t>24456.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=10см</t>
+  </si>
+  <si>
+    <t>04147903</t>
+  </si>
+  <si>
+    <t>26935.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для кондитерских колец;сталь нерж.,пластик;D=12см</t>
+  </si>
+  <si>
+    <t>04147904</t>
+  </si>
+  <si>
+    <t>28814.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Рыба»;сталь нерж.;,L=75,B=30мм</t>
+  </si>
+  <si>
+    <t>04147907</t>
+  </si>
+  <si>
+    <t>42889.00₸</t>
+  </si>
+  <si>
+    <t>Резак «Рыба»;сталь нерж.;,L=140,B=75мм</t>
+  </si>
+  <si>
+    <t>04147908</t>
+  </si>
+  <si>
+    <t>53415.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Лепестки»[2шт];абс-пластик;D=33,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>04147917</t>
+  </si>
+  <si>
+    <t>11758.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Лепестки квадратные»[2шт];абс-пластик;D=33,H=15мм;белый</t>
+  </si>
+  <si>
+    <t>04147918</t>
+  </si>
+  <si>
+    <t>10411.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Пион»[3шт];абс-пластик;,H=24,L=177,B=149мм;белый</t>
+  </si>
+  <si>
+    <t>04147919</t>
+  </si>
+  <si>
+    <t>30369.00₸</t>
+  </si>
+  <si>
+    <t>Комплект вырубок для теста (круг; арка; овал; овал.круг; квадрат; прямоугольник; ромб; сердце; крива</t>
+  </si>
+  <si>
+    <t>04149259</t>
+  </si>
+  <si>
+    <t>PRA 9</t>
+  </si>
+  <si>
+    <t>40256.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Капля»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149265</t>
+  </si>
+  <si>
+    <t>TPG 8</t>
+  </si>
+  <si>
+    <t>4389.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Круг»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149266</t>
+  </si>
+  <si>
+    <t>TPG 1</t>
+  </si>
+  <si>
+    <t>5190.00₸</t>
+  </si>
+  <si>
+    <t>Форма резак «Овал»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149267</t>
+  </si>
+  <si>
+    <t>TPG 2</t>
+  </si>
+  <si>
+    <t>Форма резак «Треугольник»;абс-пластик</t>
+  </si>
+  <si>
+    <t>04149268</t>
+  </si>
+  <si>
+    <t>TPG 4</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Форма резак «Хэллоуин»[3шт];сталь нерж.;,H=20,L=110,B=107мм</t>
+  </si>
+  <si>
+    <t>04149287</t>
+  </si>
+  <si>
+    <t>47377-11</t>
+  </si>
+  <si>
+    <t>5113.00₸</t>
+  </si>
+  <si>
+    <t>Выдавливатель для арт.350013[5шт];полистирол;,L=61,B=61мм</t>
+  </si>
+  <si>
+    <t>04149886</t>
+  </si>
+  <si>
+    <t>25680.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Месяц»;сталь нерж.;,L=125,B=97мм</t>
+  </si>
+  <si>
+    <t>04149889</t>
+  </si>
+  <si>
+    <t>52769.00₸</t>
+  </si>
+  <si>
+    <t>Резак кондитерский «Месяц»;сталь нерж.;,L=22,8,B=17,8см</t>
+  </si>
+  <si>
+    <t>04149891</t>
+  </si>
+  <si>
+    <t>68746.00₸</t>
+  </si>
+  <si>
+    <t>Рама кондитерская;сталь нерж.;,H=45,L=190,B=190мм</t>
+  </si>
+  <si>
+    <t>04149892</t>
+  </si>
+  <si>
+    <t>26180.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак "Какао-бобы";сталь нерж.;,H=30,L=92,5,B=51мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147982</t>
+  </si>
+  <si>
+    <t>31CUT06</t>
+  </si>
+  <si>
+    <t>13976.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Форма-резак «Круг» (набор)[7шт];сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04147042</t>
+  </si>
+  <si>
+    <t>CUT1L7</t>
+  </si>
+  <si>
+    <t>ИНДОНЕЗИЯ</t>
+  </si>
+  <si>
+    <t>23870.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;0,6л;,H=40,L=252,B=62мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147036</t>
+  </si>
+  <si>
+    <t>49H4X25</t>
+  </si>
+  <si>
+    <t>8817.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Квадрат» (набор)[7шт];сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04147041</t>
+  </si>
+  <si>
+    <t>CUT5L7</t>
+  </si>
+  <si>
+    <t>22146.00₸</t>
+  </si>
+  <si>
+    <t>Форма-резак «Прямоугольник»;сталь нерж.;1,704л;,H=50,L=243,B=142мм;металлич.</t>
+  </si>
+  <si>
+    <t>04147037</t>
+  </si>
+  <si>
+    <t>11H5L24</t>
+  </si>
+  <si>
+    <t>15015.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Форма-резак «Прямоугольник»;сталь нерж.;,H=4,L=15,B=3см</t>
-[...547 lines deleted...]
-  <si>
     <t>Форма-резак «Круг, Квадрат, Звезда» (набор)[9шт];нейлон</t>
   </si>
   <si>
     <t>04147812</t>
   </si>
   <si>
     <t>HC-NC50</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>7980.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник»;сталь нерж.;8,816л;,H=4,L=58,B=38см;металлич.</t>
   </si>
   <si>
     <t>04147038</t>
   </si>
   <si>
     <t>RETH4</t>
   </si>
   <si>
-    <t>41034.00₸</t>
+    <t>41965.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Квадрат»;сталь нерж.;0,706л;,H=35,L=142,B=142мм;металлич.</t>
   </si>
   <si>
     <t>04147039</t>
   </si>
   <si>
     <t>5H35X14</t>
   </si>
   <si>
-    <t>10565.00₸</t>
+    <t>10703.00₸</t>
   </si>
   <si>
     <t>Форма-резак «Прямоугольник» (набор)[7шт];сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>04147040</t>
   </si>
   <si>
     <t>CUT22L7</t>
   </si>
   <si>
     <t>22715.00₸</t>
   </si>
   <si>
     <t>Форма-резак для масла;дерево;,H=50,L=158,B=90мм;св. дерево</t>
   </si>
   <si>
     <t>04070973</t>
   </si>
   <si>
     <t>48294-03</t>
   </si>
   <si>
     <t>73066.00₸</t>
   </si>
@@ -5017,1885 +5011,1889 @@
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D33" s="0">
         <v>91503040</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>110</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>122</v>
+        <v>52</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D34" s="0">
         <v>91504030</v>
       </c>
       <c r="E34" s="0"/>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>110</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="D35" s="0">
         <v>92004030</v>
       </c>
       <c r="E35" s="0"/>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>110</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D36" s="0">
         <v>92005040</v>
       </c>
       <c r="E36" s="0"/>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D37" s="0">
         <v>150451</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D38" s="0">
         <v>150427</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D39" s="0">
         <v>371221</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D40" s="0">
         <v>150216</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D41" s="0">
         <v>150241</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D42" s="0">
         <v>150244</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D43" s="0">
         <v>150247</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D44" s="0">
         <v>150215</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D46" s="0">
         <v>120037</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D47" s="0">
         <v>150231</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="D48" s="0">
         <v>371253</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D49" s="0">
         <v>350103</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D50" s="0">
         <v>150426</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="D51" s="0">
         <v>150207</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D52" s="0">
         <v>153014</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="D53" s="0">
         <v>150121</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="D54" s="0">
         <v>350107</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="D55" s="0">
         <v>350102</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>109</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>110</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D57" s="0">
         <v>371242</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D58" s="0">
         <v>371243</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D59" s="0">
         <v>154152</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="D60" s="0" t="s">
+      <c r="E60" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="D61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="D62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D63" s="0">
         <v>376106</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="D64" s="0">
         <v>376108</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="D65" s="0">
         <v>376110</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="D66" s="0">
         <v>376112</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="D67" s="0">
         <v>150403</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="D68" s="0">
         <v>153016</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="B69" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="D69" s="0">
         <v>431012</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="B70" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="D70" s="0">
         <v>431013</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="B71" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="D71" s="0">
         <v>431029</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="D72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="D73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="0"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="D74" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="D75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="D76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="D78" s="0">
         <v>350023</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="D79" s="0">
         <v>153301</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="D80" s="0">
         <v>153306</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="D81" s="0">
         <v>371136</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="D82" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="C83" s="0" t="s">
+      <c r="D83" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="D83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="L83" s="0"/>
+        <v>18</v>
+      </c>
+      <c r="L83" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>212</v>
+        <v>260</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="C85" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="C86" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="B87" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="E87" s="0" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>301</v>
+        <v>18</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="C89" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="C90" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" s="0" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="L90" s="0"/>
+        <v>52</v>
+      </c>
+      <c r="L90" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>