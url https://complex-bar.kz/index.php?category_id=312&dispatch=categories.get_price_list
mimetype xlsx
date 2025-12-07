--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -239,51 +239,51 @@
   <si>
     <t>04146041</t>
   </si>
   <si>
     <t>65828.00₸</t>
   </si>
   <si>
     <t>Форма кондитерская «Экзогласс»[12шт];пластик;D=12,H=2см</t>
   </si>
   <si>
     <t>04146042</t>
   </si>
   <si>
     <t>55579.00₸</t>
   </si>
   <si>
     <t>Форма для выпечки хлеба;пластик;,H=8,L=14,B=8см</t>
   </si>
   <si>
     <t>04146165</t>
   </si>
   <si>
     <t>38239.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>15 шт.</t>
   </si>
   <si>
     <t>Форма для выпечки хлеба;пластик;,H=8,L=18,B=8см</t>
   </si>
   <si>
     <t>04146166</t>
   </si>
   <si>
     <t>33842.00₸</t>
   </si>
   <si>
     <t>Форма для выпечки хлеба;пластик;,H=8,L=20,B=8см</t>
   </si>
   <si>
     <t>04146167</t>
   </si>
   <si>
     <t>29992.00₸</t>
   </si>
   <si>
     <t>Форма для выпечки хлеба;пластик;,H=8,L=25,B=8см</t>
   </si>
   <si>
     <t>04146168</t>
   </si>